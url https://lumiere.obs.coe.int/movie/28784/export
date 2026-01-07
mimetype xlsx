--- v0 (2025-11-24)
+++ v1 (2026-01-07)
@@ -115,72 +115,72 @@
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Filmax</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Indipendenti Regionali</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>New Lineo Cinemas</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>На живот и смърт</t>
+  </si>
+  <si>
     <t>PL</t>
   </si>
   <si>
     <t>Podwójna tozsamosc</t>
   </si>
   <si>
     <t>AR,ES,GR,PT,US</t>
   </si>
   <si>
     <t>Bobby Z</t>
   </si>
   <si>
     <t>BE,NL,NO,SE</t>
   </si>
   <si>
     <t>Let's Kill Bobby Z</t>
-  </si>
-[...4 lines deleted...]
-    <t>На живот и смърт</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>A Vida e a Morte de Bobby Z</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Kill Bobby Z - Ein Deal um Leben und Tod</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Let's kill Bobby Z</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Kill Bobby Z</t>
   </si>
@@ -833,60 +833,60 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="14.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>33</v>
+      </c>
       <c r="B2" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="B3" t="s">
         <v>1</v>
-      </c>
-[...6 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>37</v>
       </c>
       <c r="B5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>39</v>
       </c>
       <c r="B6" t="s">
         <v>40</v>
       </c>
@@ -935,51 +935,51 @@
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>52</v>
       </c>
       <c r="B13" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>54</v>
       </c>
       <c r="B14" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B15" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>57</v>
       </c>
       <c r="B16" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>59</v>
       </c>
       <c r="B17" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>61</v>
       </c>