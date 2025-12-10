--- v0 (2025-11-19)
+++ v1 (2025-12-10)
@@ -238,92 +238,95 @@
   <si>
     <t>Prorom/Ro-Image 2000</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Karantanija Cinemas</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>CJ ENM MEDYA FİLM YAPIM VE DAĞITIM A.Ş.</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Esther</t>
+  </si>
+  <si>
+    <t>IL</t>
+  </si>
+  <si>
+    <t>יתומה: ההתחלה</t>
+  </si>
+  <si>
+    <t>EG</t>
+  </si>
+  <si>
+    <t>اورفان: فيرست كيل</t>
+  </si>
+  <si>
+    <t>AT,AU,CA,DE,GB,HK,IE,IT,NL,NZ,SE,SG,US</t>
+  </si>
+  <si>
+    <t>AR,CL,CO</t>
+  </si>
+  <si>
+    <t>La huérfana: El origen</t>
+  </si>
+  <si>
+    <t>Сиракът: Първо убийство</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Órfã 2: A Origem</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>L'orpheline: Les origines du mal</t>
+  </si>
+  <si>
+    <t>Sirotek: První oběť</t>
+  </si>
+  <si>
     <t>La huérfana: primer asesinato</t>
   </si>
   <si>
-    <t>IL</t>
-[...37 lines deleted...]
-  <si>
     <t>Esther 2: Les origines</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Az árva: Első áldozat</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>オーファン ファースト・キル</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>오펀: 퍼스트 킬</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>La Huérfana: El Origen</t>
@@ -332,53 +335,50 @@
     <t>Sierota. Narodziny zła</t>
   </si>
   <si>
     <t>Órfã: A Origem</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Сироче: Прво убиство</t>
   </si>
   <si>
     <t>Sirota: Prvi umor</t>
   </si>
   <si>
     <t>Sirota: Prvá vražda</t>
   </si>
   <si>
     <t>Evdeki Düşman: Başlangıç</t>
   </si>
   <si>
     <t>VE</t>
   </si>
   <si>
     <t>La huérfana: el origen</t>
-  </si>
-[...1 lines deleted...]
-    <t>Esther</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Сирота: Перша жертва</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>孤疑前傳</t>
   </si>
   <si>
     <t>Το ορφανό: Πρώτος φόνος</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Дитя тьмы: Первая жертва</t>
   </si>
 </sst>
 </file>
 
@@ -1426,53 +1426,50 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B27"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="36.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="28.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
-      <c r="A2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B2" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>75</v>
       </c>
       <c r="B3" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>77</v>
       </c>
       <c r="B4" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>79</v>
       </c>
       <c r="B5" t="s">
@@ -1499,145 +1496,148 @@
       <c r="A8" t="s">
         <v>83</v>
       </c>
       <c r="B8" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>85</v>
       </c>
       <c r="B9" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>36</v>
       </c>
       <c r="B10" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B11" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
+        <v>44</v>
+      </c>
+      <c r="B12" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
+        <v>90</v>
+      </c>
+      <c r="B13" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
+        <v>92</v>
+      </c>
+      <c r="B14" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
+        <v>94</v>
+      </c>
+      <c r="B15" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>61</v>
+        <v>96</v>
       </c>
       <c r="B16" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="B17" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
+        <v>63</v>
+      </c>
+      <c r="B18" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>67</v>
+        <v>100</v>
       </c>
       <c r="B19" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="B20" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B21" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
+        <v>70</v>
+      </c>
+      <c r="B22" t="s">
         <v>104</v>
       </c>
-      <c r="B22" t="s">
+    </row>
+    <row r="23" spans="1:2">
+      <c r="A23" t="s">
         <v>105</v>
       </c>
-    </row>
-    <row r="23" spans="1:2">
       <c r="B23" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>107</v>
       </c>
       <c r="B24" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>109</v>
       </c>
       <c r="B25" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>48</v>
       </c>
       <c r="B26" t="s">