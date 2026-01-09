--- v1 (2025-12-10)
+++ v2 (2026-01-09)
@@ -238,147 +238,147 @@
   <si>
     <t>Prorom/Ro-Image 2000</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Karantanija Cinemas</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>CJ ENM MEDYA FİLM YAPIM VE DAĞITIM A.Ş.</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>IL</t>
+  </si>
+  <si>
+    <t>יתומה: ההתחלה</t>
+  </si>
+  <si>
+    <t>EG</t>
+  </si>
+  <si>
+    <t>اورفان: فيرست كيل</t>
+  </si>
+  <si>
+    <t>AT,AU,CA,DE,GB,HK,IE,IT,NL,NZ,SE,SG,US</t>
+  </si>
+  <si>
+    <t>AR,CL,CO</t>
+  </si>
+  <si>
+    <t>La huérfana: El origen</t>
+  </si>
+  <si>
+    <t>Сиракът: Първо убийство</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Órfã 2: A Origem</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>L'orpheline: Les origines du mal</t>
+  </si>
+  <si>
+    <t>Sirotek: První oběť</t>
+  </si>
+  <si>
+    <t>La huérfana: primer asesinato</t>
+  </si>
+  <si>
+    <t>Esther 2: Les origines</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Az árva: Első áldozat</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>オーファン ファースト・キル</t>
+  </si>
+  <si>
+    <t>KR</t>
+  </si>
+  <si>
+    <t>오펀: 퍼스트 킬</t>
+  </si>
+  <si>
+    <t>MX</t>
+  </si>
+  <si>
+    <t>La Huérfana: El Origen</t>
+  </si>
+  <si>
+    <t>Sierota. Narodziny zła</t>
+  </si>
+  <si>
+    <t>Órfã: A Origem</t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Сироче: Прво убиство</t>
+  </si>
+  <si>
+    <t>Sirota: Prvi umor</t>
+  </si>
+  <si>
+    <t>Sirota: Prvá vražda</t>
+  </si>
+  <si>
+    <t>Evdeki Düşman: Başlangıç</t>
+  </si>
+  <si>
+    <t>VE</t>
+  </si>
+  <si>
+    <t>La huérfana: el origen</t>
+  </si>
+  <si>
     <t>Esther</t>
-  </si>
-[...94 lines deleted...]
-    <t>La huérfana: el origen</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Сирота: Перша жертва</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>孤疑前傳</t>
   </si>
   <si>
     <t>Το ορφανό: Πρώτος φόνος</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Дитя тьмы: Первая жертва</t>
   </si>
 </sst>
 </file>
 
@@ -1426,218 +1426,218 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B27"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="36.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="28.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>74</v>
+      </c>
       <c r="B2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B4" t="s">
-        <v>78</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>79</v>
       </c>
       <c r="B5" t="s">
-        <v>1</v>
+        <v>80</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>80</v>
+        <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>30</v>
+        <v>82</v>
       </c>
       <c r="B7" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B8" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>85</v>
+        <v>36</v>
       </c>
       <c r="B9" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="B10" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B11" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>44</v>
+        <v>89</v>
       </c>
       <c r="B12" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B13" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B14" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B15" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>96</v>
+        <v>61</v>
       </c>
       <c r="B16" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B17" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>63</v>
+        <v>99</v>
       </c>
       <c r="B18" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>100</v>
+        <v>67</v>
       </c>
       <c r="B19" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B20" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B21" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>70</v>
+        <v>104</v>
       </c>
       <c r="B22" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="23" spans="1:2">
-      <c r="A23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B23" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>107</v>
       </c>
       <c r="B24" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>109</v>
       </c>
       <c r="B25" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>48</v>
       </c>
       <c r="B26" t="s">