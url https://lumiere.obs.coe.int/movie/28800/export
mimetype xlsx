--- v0 (2025-11-20)
+++ v1 (2025-12-10)
@@ -94,105 +94,105 @@
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2007</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Eagle Pictures</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>HR</t>
+  </si>
+  <si>
+    <t>Plijen</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Vérszomj</t>
+  </si>
+  <si>
     <t>AU,DE,GB,US</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Presa del miedo</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Caçados</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>La proie</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Korist</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Safari sangriento</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Terreur dans la savane</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>To thirama</t>
-  </si>
-[...10 lines deleted...]
-    <t>Vérszomj</t>
   </si>
   <si>
     <t>Prey - La caccia è aperta</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Carnada</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Zdobycz</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Presas</t>
   </si>
   <si>
     <t>RO</t>
   </si>
@@ -757,67 +757,67 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>26</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B4" t="s">
-        <v>30</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>31</v>
       </c>
       <c r="B5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>33</v>
       </c>
       <c r="B6" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>35</v>
       </c>
       <c r="B7" t="s">
         <v>36</v>
       </c>