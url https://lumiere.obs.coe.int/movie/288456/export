--- v0 (2025-11-22)
+++ v1 (2026-01-21)
@@ -674,60 +674,60 @@
       </c>
       <c r="D1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
         <v>22</v>
       </c>
       <c r="B2" t="s">
         <v>23</v>
       </c>
       <c r="C2">
         <v>44741</v>
       </c>
       <c r="D2" s="3">
-        <v>2277</v>
+        <v>2451</v>
       </c>
       <c r="E2" s="3">
         <v>609</v>
       </c>
       <c r="F2" s="3">
         <v>1338</v>
       </c>
       <c r="G2" s="3">
-        <v>330</v>
+        <v>504</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>24</v>
       </c>
       <c r="B3" t="s">
         <v>25</v>
       </c>
       <c r="C3">
         <v>44777</v>
       </c>
       <c r="D3" s="3">
         <v>360</v>
       </c>
       <c r="E3" s="3">
         <v>360</v>
       </c>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>26</v>
       </c>
@@ -762,59 +762,61 @@
       </c>
       <c r="D5" s="3">
         <v>138900</v>
       </c>
       <c r="E5" s="3">
         <v>116088</v>
       </c>
       <c r="F5" s="3">
         <v>16157</v>
       </c>
       <c r="G5" s="3">
         <v>6655</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>31</v>
       </c>
       <c r="C6">
         <v>44707</v>
       </c>
       <c r="D6" s="3">
-        <v>14467</v>
+        <v>14773</v>
       </c>
       <c r="E6" s="3">
         <v>12014</v>
       </c>
       <c r="F6" s="3">
         <v>2453</v>
       </c>
-      <c r="G6" s="3"/>
+      <c r="G6" s="3">
+        <v>306</v>
+      </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>32</v>
       </c>
       <c r="B7" t="s">
         <v>33</v>
       </c>
       <c r="C7">
         <v>44980</v>
       </c>
       <c r="D7" s="3">
         <v>759</v>
       </c>
       <c r="E7" s="3"/>
       <c r="F7" s="3">
         <v>759</v>
       </c>
       <c r="G7" s="3"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>34</v>
       </c>
       <c r="D8" s="3">
@@ -832,77 +834,77 @@
       <c r="A9" t="s">
         <v>35</v>
       </c>
       <c r="B9" t="s">
         <v>36</v>
       </c>
       <c r="C9">
         <v>44869</v>
       </c>
       <c r="D9" s="3">
         <v>4519</v>
       </c>
       <c r="E9" s="3">
         <v>3676</v>
       </c>
       <c r="F9" s="3">
         <v>843</v>
       </c>
       <c r="G9" s="3"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>37</v>
       </c>
       <c r="D10" s="3">
-        <v>165538</v>
+        <v>166018</v>
       </c>
       <c r="E10" s="3">
         <v>136697</v>
       </c>
       <c r="F10" s="3">
         <v>21806</v>
       </c>
       <c r="G10" s="3">
-        <v>7035</v>
+        <v>7515</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>38</v>
       </c>
       <c r="D11" s="3">
-        <v>165538</v>
+        <v>166018</v>
       </c>
       <c r="E11" s="3">
         <v>136697</v>
       </c>
       <c r="F11" s="3">
         <v>21806</v>
       </c>
       <c r="G11" s="3">
-        <v>7035</v>
+        <v>7515</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>