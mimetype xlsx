--- v0 (2025-12-16)
+++ v1 (2026-01-09)
@@ -106,63 +106,63 @@
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>United International Pictures</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AT,DE</t>
+  </si>
+  <si>
+    <t>Sodbrennen</t>
+  </si>
+  <si>
     <t>AU,CA,GB,US</t>
   </si>
   <si>
     <t>AR,CO,MX</t>
   </si>
   <si>
     <t>El difícil arte de amar</t>
-  </si>
-[...4 lines deleted...]
-    <t>Sodbrennen</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Горещо сърце</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>A Difícil Arte de Amar</t>
   </si>
   <si>
     <t>CA,FR</t>
   </si>
   <si>
     <t>La brûlure</t>
   </si>
   <si>
     <t>Til ægteskabet os skiller</t>
   </si>
   <si>
     <t>ES</t>
   </si>
@@ -830,59 +830,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B22"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>30</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>31</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B3" t="s">
-        <v>32</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>33</v>
       </c>
       <c r="B4" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>35</v>
       </c>
       <c r="B5" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>37</v>
       </c>
       <c r="B6" t="s">
         <v>38</v>
       </c>