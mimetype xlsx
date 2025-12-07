--- v0 (2025-11-15)
+++ v1 (2025-12-07)
@@ -1232,57 +1232,59 @@
         <v>39</v>
       </c>
       <c r="C21">
         <v>44785</v>
       </c>
       <c r="D21" s="3">
         <v>90687</v>
       </c>
       <c r="E21" s="3">
         <v>90687</v>
       </c>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>58</v>
       </c>
       <c r="B22" t="s">
         <v>47</v>
       </c>
       <c r="C22">
         <v>44840</v>
       </c>
       <c r="D22" s="3">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="E22" s="3"/>
       <c r="F22" s="3">
         <v>50</v>
       </c>
-      <c r="G22" s="3"/>
+      <c r="G22" s="3">
+        <v>200</v>
+      </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>59</v>
       </c>
       <c r="B23" t="s">
         <v>60</v>
       </c>
       <c r="C23">
         <v>44854</v>
       </c>
       <c r="D23" s="3">
         <v>18136</v>
       </c>
       <c r="E23" s="3">
         <v>18132</v>
       </c>
       <c r="F23" s="3">
         <v>4</v>
       </c>
       <c r="G23" s="3"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>61</v>