--- v0 (2025-11-24)
+++ v1 (2026-01-08)
@@ -115,50 +115,56 @@
   <si>
     <t>Paradiso Entertainment</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>DeAPlaneta</t>
   </si>
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>Metrodome</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Без вад</t>
+  </si>
+  <si>
     <t>AU,CA,GB,SE,US</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Anexihniasti listeia</t>
   </si>
   <si>
     <t>AR,CL,ES,MX</t>
   </si>
   <si>
     <t>Un plan brillante</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Перфектният обир</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Um Plano Brilhante</t>
@@ -236,56 +242,50 @@
     <t>Un plan sclipitor</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Savrsen plan</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Popolna tatvina</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Krádez diamantov</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Kusursuz</t>
-  </si>
-[...4 lines deleted...]
-    <t>Без вад</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Без изъяна</t>
   </si>
   <si>
     <t>Ανεξιχνίαστη ληστεία</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -887,59 +887,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="33.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>34</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B3" t="s">
-        <v>35</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>36</v>
       </c>
       <c r="B4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>38</v>
       </c>
       <c r="B5" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>40</v>
       </c>
       <c r="B6" t="s">
         <v>41</v>
       </c>
@@ -1068,51 +1068,51 @@
       <c r="A22" t="s">
         <v>72</v>
       </c>
       <c r="B22" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>74</v>
       </c>
       <c r="B23" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>76</v>
       </c>
       <c r="B24" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B25" t="s">
         <v>78</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>