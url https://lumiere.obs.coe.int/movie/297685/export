--- v0 (2025-12-05)
+++ v1 (2026-01-15)
@@ -847,59 +847,61 @@
       </c>
       <c r="D1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
         <v>24</v>
       </c>
       <c r="B2" t="s">
         <v>25</v>
       </c>
       <c r="C2">
         <v>44743</v>
       </c>
       <c r="D2" s="3">
-        <v>5395</v>
+        <v>5617</v>
       </c>
       <c r="E2" s="3">
         <v>5085</v>
       </c>
       <c r="F2" s="3">
         <v>310</v>
       </c>
-      <c r="G2" s="3"/>
+      <c r="G2" s="3">
+        <v>222</v>
+      </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>26</v>
       </c>
       <c r="B3" t="s">
         <v>27</v>
       </c>
       <c r="C3">
         <v>44658</v>
       </c>
       <c r="D3" s="3">
         <v>1810</v>
       </c>
       <c r="E3" s="3">
         <v>1810</v>
       </c>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>28</v>
       </c>
       <c r="B4" t="s">
@@ -1263,59 +1265,61 @@
         <v>62</v>
       </c>
       <c r="C22">
         <v>44834</v>
       </c>
       <c r="D22" s="3">
         <v>1548</v>
       </c>
       <c r="E22" s="3">
         <v>1548</v>
       </c>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>63</v>
       </c>
       <c r="B23" t="s">
         <v>64</v>
       </c>
       <c r="C23">
         <v>44694</v>
       </c>
       <c r="D23" s="3">
-        <v>4661</v>
+        <v>4958</v>
       </c>
       <c r="E23" s="3">
         <v>2563</v>
       </c>
       <c r="F23" s="3">
         <v>2098</v>
       </c>
-      <c r="G23" s="3"/>
+      <c r="G23" s="3">
+        <v>297</v>
+      </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>65</v>
       </c>
       <c r="B24" t="s">
         <v>66</v>
       </c>
       <c r="C24">
         <v>44644</v>
       </c>
       <c r="D24" s="3">
         <v>3998</v>
       </c>
       <c r="E24" s="3">
         <v>3954</v>
       </c>
       <c r="F24" s="3">
         <v>44</v>
       </c>
       <c r="G24" s="3"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>67</v>
@@ -1419,77 +1423,77 @@
       <c r="A30" t="s">
         <v>74</v>
       </c>
       <c r="B30" t="s">
         <v>75</v>
       </c>
       <c r="C30">
         <v>44897</v>
       </c>
       <c r="D30" s="3">
         <v>3658</v>
       </c>
       <c r="E30" s="3">
         <v>3107</v>
       </c>
       <c r="F30" s="3">
         <v>551</v>
       </c>
       <c r="G30" s="3"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>76</v>
       </c>
       <c r="D31" s="3">
-        <v>642579</v>
+        <v>643098</v>
       </c>
       <c r="E31" s="3">
         <v>635026</v>
       </c>
       <c r="F31" s="3">
         <v>6985</v>
       </c>
       <c r="G31" s="3">
-        <v>568</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>77</v>
       </c>
       <c r="D32" s="3">
-        <v>660949</v>
+        <v>661468</v>
       </c>
       <c r="E32" s="3">
         <v>652651</v>
       </c>
       <c r="F32" s="3">
         <v>7730</v>
       </c>
       <c r="G32" s="3">
-        <v>568</v>
+        <v>1087</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="32.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>