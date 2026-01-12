--- v0 (2025-12-02)
+++ v1 (2026-01-12)
@@ -1292,59 +1292,61 @@
       <c r="C24">
         <v>44813</v>
       </c>
       <c r="D24" s="3">
         <v>4891</v>
       </c>
       <c r="E24" s="3">
         <v>4758</v>
       </c>
       <c r="F24" s="3">
         <v>133</v>
       </c>
       <c r="G24" s="3"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>66</v>
       </c>
       <c r="B25" t="s">
         <v>67</v>
       </c>
       <c r="C25">
         <v>44848</v>
       </c>
       <c r="D25" s="3">
-        <v>10267</v>
+        <v>10507</v>
       </c>
       <c r="E25" s="3">
         <v>8708</v>
       </c>
       <c r="F25" s="3">
         <v>1559</v>
       </c>
-      <c r="G25" s="3"/>
+      <c r="G25" s="3">
+        <v>240</v>
+      </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>68</v>
       </c>
       <c r="B26" t="s">
         <v>69</v>
       </c>
       <c r="C26">
         <v>44756</v>
       </c>
       <c r="D26" s="3">
         <v>3383</v>
       </c>
       <c r="E26" s="3">
         <v>3145</v>
       </c>
       <c r="F26" s="3">
         <v>238</v>
       </c>
       <c r="G26" s="3"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>70</v>
@@ -1433,77 +1435,77 @@
       <c r="A31" t="s">
         <v>78</v>
       </c>
       <c r="B31" t="s">
         <v>31</v>
       </c>
       <c r="C31">
         <v>44861</v>
       </c>
       <c r="D31" s="3">
         <v>403</v>
       </c>
       <c r="E31" s="3">
         <v>232</v>
       </c>
       <c r="F31" s="3">
         <v>171</v>
       </c>
       <c r="G31" s="3"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>79</v>
       </c>
       <c r="D32" s="3">
-        <v>629337</v>
+        <v>629577</v>
       </c>
       <c r="E32" s="3">
         <v>521670</v>
       </c>
       <c r="F32" s="3">
         <v>105661</v>
       </c>
       <c r="G32" s="3">
-        <v>2006</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>80</v>
       </c>
       <c r="D33" s="3">
-        <v>641336</v>
+        <v>641576</v>
       </c>
       <c r="E33" s="3">
         <v>531979</v>
       </c>
       <c r="F33" s="3">
         <v>107351</v>
       </c>
       <c r="G33" s="3">
-        <v>2006</v>
+        <v>2246</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="46.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="27.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>