--- v0 (2025-11-19)
+++ v1 (2025-12-10)
@@ -265,50 +265,53 @@
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Cenex</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Saturn Entertainment</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>United International Pictures</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Vall-I</t>
+  </si>
+  <si>
     <t>VN</t>
   </si>
   <si>
     <t>Rô-bôt biêt yêu</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Voli</t>
   </si>
   <si>
     <t>AR,HR,NO,PL</t>
   </si>
   <si>
     <t>Wall E</t>
   </si>
   <si>
     <t>Wall-E Batallon de Limpieza</t>
   </si>
   <si>
     <t>Walle-E</t>
   </si>
   <si>
     <t>Wall-E. Siuksliu princo istorija</t>
@@ -323,53 +326,50 @@
     <t>UA</t>
   </si>
   <si>
     <t>ВОЛЛ-I</t>
   </si>
   <si>
     <t>FR,HU,SE,SI,SK</t>
   </si>
   <si>
     <t>Wall-E</t>
   </si>
   <si>
     <t>VOL·i</t>
   </si>
   <si>
     <t>AR,AU,BR,CA,ES,FR,GB,HR,IT,MX,NO,PL,PT,US,VE</t>
   </si>
   <si>
     <t>WALL·E</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>УОЛ.И</t>
-  </si>
-[...1 lines deleted...]
-    <t>Vall-I</t>
   </si>
   <si>
     <t>WALL·E - Der Letzte räumt die Erde auf</t>
   </si>
   <si>
     <t>WALL·E: Batalló de Neteja</t>
   </si>
   <si>
     <t>HK,NL,RO</t>
   </si>
   <si>
     <t>WALL-E</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Wall·Y</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ウォーリー</t>
   </si>
@@ -2178,144 +2178,144 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B32"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="43.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>44</v>
+      </c>
       <c r="B2" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="B3" t="s">
         <v>1</v>
-      </c>
-[...6 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>84</v>
+      </c>
+      <c r="B4" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>86</v>
+      </c>
+      <c r="B5" t="s">
         <v>87</v>
       </c>
-      <c r="B5" t="s">
+    </row>
+    <row r="6" spans="1:2">
+      <c r="A6" t="s">
         <v>88</v>
       </c>
-    </row>
-    <row r="6" spans="1:2">
       <c r="B6" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="B8" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="9" spans="1:2">
-      <c r="A9" t="s">
+      <c r="B9" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>93</v>
+      </c>
+      <c r="B10" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
+        <v>95</v>
+      </c>
+      <c r="B11" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>79</v>
+        <v>97</v>
       </c>
       <c r="B12" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
+        <v>79</v>
+      </c>
+      <c r="B13" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
+        <v>100</v>
+      </c>
+      <c r="B14" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>44</v>
+        <v>102</v>
       </c>
       <c r="B15" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>46</v>
       </c>
       <c r="B16" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>51</v>
       </c>
       <c r="B17" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>106</v>
       </c>
@@ -2359,99 +2359,99 @@
       <c r="A23" t="s">
         <v>114</v>
       </c>
       <c r="B23" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>63</v>
       </c>
       <c r="B24" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>65</v>
       </c>
       <c r="B25" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B26" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>6</v>
       </c>
       <c r="B27" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B28" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>121</v>
       </c>
       <c r="B29" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>123</v>
       </c>
       <c r="B30" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>108</v>
       </c>
       <c r="B31" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B32" t="s">
         <v>126</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>