--- v0 (2025-11-18)
+++ v1 (2025-12-12)
@@ -244,72 +244,72 @@
   <si>
     <t>Atlantic Film</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Continental Film</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Tiglon</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Paříž</t>
+  </si>
+  <si>
+    <t>BR,FR,GB,GR,PT,TR,US</t>
+  </si>
+  <si>
+    <t>Niebo nad Paryzem</t>
+  </si>
+  <si>
+    <t>Paríž</t>
+  </si>
+  <si>
     <t>Parīze</t>
   </si>
   <si>
     <t>AR,ES</t>
   </si>
   <si>
     <t>París</t>
   </si>
   <si>
     <t>Párizs</t>
-  </si>
-[...10 lines deleted...]
-    <t>Paríž</t>
   </si>
   <si>
     <t>Parigi</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>PARIS</t>
   </si>
   <si>
     <t>So ist Paris</t>
   </si>
   <si>
     <t>Niebo nad Paryżem</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Pariz</t>
   </si>
   <si>
     <t>RU,UA</t>
   </si>
@@ -1647,83 +1647,83 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="20.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="18.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="B2" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>77</v>
       </c>
       <c r="B3" t="s">
-        <v>78</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="B4" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2">
+      <c r="B6" t="s">
         <v>80</v>
-      </c>
-[...6 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>61</v>
+        <v>81</v>
       </c>
       <c r="B7" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="8" spans="1:2">
+      <c r="A8" t="s">
+        <v>52</v>
+      </c>
       <c r="B8" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>53</v>
       </c>
       <c r="B9" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>85</v>
       </c>
       <c r="B10" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>41</v>
       </c>
       <c r="B11" t="s">