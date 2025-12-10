--- v0 (2025-11-20)
+++ v1 (2025-12-10)
@@ -208,69 +208,69 @@
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Continental Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Labyrint lzí</t>
+  </si>
+  <si>
     <t>AU,CA,GB,HK,KR,NL,SE,SG,US</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Diep vu ca duoi</t>
   </si>
   <si>
     <t>Hazugságok Hjálója</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Krug laži</t>
-  </si>
-[...1 lines deleted...]
-    <t>Labyrint lzí</t>
   </si>
   <si>
     <t>Pavucina lzí</t>
   </si>
   <si>
     <t>W Sieci Klamstw</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Тiло брехнi</t>
   </si>
   <si>
     <t>Yalanlar üstüne</t>
   </si>
   <si>
     <t>Тіло брехні</t>
   </si>
   <si>
     <t>Chatter</t>
   </si>
   <si>
     <t>AR,ES,MX,VE</t>
   </si>
@@ -1486,80 +1486,80 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B40"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="26.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>34</v>
+      </c>
+      <c r="B2" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>65</v>
       </c>
       <c r="B3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2">
+      <c r="A4" t="s">
         <v>66</v>
       </c>
-    </row>
-    <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="5" spans="1:2">
-      <c r="A5" t="s">
+      <c r="B5" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>34</v>
+        <v>69</v>
       </c>
       <c r="B6" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>59</v>
       </c>
       <c r="B7" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="B8" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>73</v>
       </c>
       <c r="B9" t="s">
         <v>74</v>
       </c>
@@ -1736,51 +1736,51 @@
       <c r="A31" t="s">
         <v>53</v>
       </c>
       <c r="B31" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
         <v>54</v>
       </c>
       <c r="B32" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>56</v>
       </c>
       <c r="B33" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B34" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
         <v>58</v>
       </c>
       <c r="B35" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
         <v>59</v>
       </c>
       <c r="B36" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
         <v>108</v>
       </c>