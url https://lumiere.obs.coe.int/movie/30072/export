--- v0 (2025-12-07)
+++ v1 (2026-01-18)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Metadata" sheetId="1" r:id="rId1"/>
     <sheet name="Admissions" sheetId="2" r:id="rId2"/>
     <sheet name="Titles" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="128" uniqueCount="115">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="113">
   <si>
     <t>Original title</t>
   </si>
   <si>
     <t>Rambo</t>
   </si>
   <si>
     <t>Director(s)</t>
   </si>
   <si>
     <t>Sylvester Stallone</t>
   </si>
   <si>
     <t>Production year</t>
   </si>
   <si>
     <t>Producing or Co-producing countries</t>
   </si>
   <si>
     <t>US, DE</t>
   </si>
   <si>
     <t>IMDb link</t>
   </si>
   <si>
@@ -67,56 +67,50 @@
   <si>
     <t>ISAN link</t>
   </si>
   <si>
     <t>https://web.isan.org/public/en/isan/0000-0001-C516-0000-Q-0000-0000-X</t>
   </si>
   <si>
     <t>EIDR link</t>
   </si>
   <si>
     <t>https://ui.eidr.org/view/content?id=10.5240/37DC-AA6C-CA87-1F14-DF32-7</t>
   </si>
   <si>
     <t>CNC (FR) link</t>
   </si>
   <si>
     <t>https://www.cnc.fr/professionnels/visas-et-classification/117869</t>
   </si>
   <si>
     <t>Wikidata link</t>
   </si>
   <si>
     <t>https://www.wikidata.org/wiki/Q159870</t>
   </si>
   <si>
-    <t>JustWatch link</t>
-[...4 lines deleted...]
-  <si>
     <t>Market</t>
   </si>
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2008</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>2013</t>
@@ -256,135 +250,135 @@
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
     <t>AU,BR,CA,DK,FI,GB,KR,NL,SE,US,VE</t>
   </si>
   <si>
     <t>John Rambo- Regreso al infierno</t>
   </si>
   <si>
     <t>Rambo: Do pekla a naspat</t>
   </si>
   <si>
     <t>Rambo: Do pekla a späť</t>
   </si>
   <si>
     <t>Rambo: Do pekla a zpet</t>
   </si>
   <si>
     <t>Rambo do pekla a zpět</t>
   </si>
   <si>
+    <t>BE,CA,CH,DE,ES,FR,HR,HU,IT,NO,PL,PT,US</t>
+  </si>
+  <si>
+    <t>John Rambo</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Рамбо</t>
+  </si>
+  <si>
+    <t>BR,RO,US,VE</t>
+  </si>
+  <si>
+    <t>Rambo IV</t>
+  </si>
+  <si>
+    <t>EE,GE,SG</t>
+  </si>
+  <si>
+    <t>Rambo 4</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>Rambô: Saigo no senjô</t>
+  </si>
+  <si>
+    <t>LT,LV</t>
+  </si>
+  <si>
+    <t>Rembo IV</t>
+  </si>
+  <si>
+    <t>MX</t>
+  </si>
+  <si>
+    <t>Rambo 4: Regreso al Infierno</t>
+  </si>
+  <si>
+    <t>HK</t>
+  </si>
+  <si>
+    <t>Rambo 熱血回歸</t>
+  </si>
+  <si>
+    <t>SG,TR</t>
+  </si>
+  <si>
+    <t>Rambo 4: John Rambo</t>
+  </si>
+  <si>
+    <t>Rambo 4: Do pekla a naspäť</t>
+  </si>
+  <si>
+    <t>US</t>
+  </si>
+  <si>
+    <t>Rambo IV: End of Peace</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Рембо IV</t>
+  </si>
+  <si>
     <t>AR</t>
   </si>
   <si>
     <t>Rambo - Regreso al infierno</t>
   </si>
   <si>
-    <t>BE,CH,DE,ES,FR,HR,HU,IT,NO,PL,PT,US</t>
-[...16 lines deleted...]
-  <si>
     <t>Rambo 4: Do pekla a zpět</t>
   </si>
   <si>
-    <t>EE,GE,SG</t>
-[...43 lines deleted...]
-  <si>
     <t>Rambo IV: In the Serpent's Eye</t>
   </si>
   <si>
     <t>Rambo IV: Pearl of the Cobra</t>
   </si>
   <si>
     <t>Rambo: To Hell and Back</t>
-  </si>
-[...4 lines deleted...]
-    <t>Рембо IV</t>
   </si>
   <si>
     <t>ランボー 最後の戦場</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Ράμπο IV</t>
   </si>
   <si>
     <t>Τζον Ράμπο</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Рэмбо IV</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -719,56 +713,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.imdb.com/title/tt0462499/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.isan.org/public/en/isan/0000-0001-C516-0000-Q-0000-0000-X" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ui.eidr.org/view/content?id=10.5240/37DC-AA6C-CA87-1F14-DF32-7" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnc.fr/professionnels/visas-et-classification/117869" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q159870" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.justwatch.com/de/Film/Rambo-IV-John-Rambo" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.imdb.com/title/tt0462499/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.isan.org/public/en/isan/0000-0001-C516-0000-Q-0000-0000-X" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ui.eidr.org/view/content?id=10.5240/37DC-AA6C-CA87-1F14-DF32-7" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnc.fr/professionnels/visas-et-classification/117869" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q159870" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:B10"/>
+  <dimension ref="A1:B9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="33.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="67.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B2" t="s">
         <v>3</v>
       </c>
     </row>
@@ -806,915 +800,906 @@
     </row>
     <row r="7" spans="1:2">
       <c r="A7" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="10" spans="1:2">
-[...6 lines deleted...]
-    </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B5" r:id="rId1"/>
     <hyperlink ref="B6" r:id="rId2"/>
     <hyperlink ref="B7" r:id="rId3"/>
     <hyperlink ref="B8" r:id="rId4"/>
     <hyperlink ref="B9" r:id="rId5"/>
-    <hyperlink ref="B10" r:id="rId6"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:J26"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="10.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="22.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8" bestFit="1" customWidth="1"/>
     <col min="6" max="10" width="5" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C1" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="D1" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="E1" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="F1" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="G1" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="H1" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="I1" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="J1" s="1" t="s">
         <v>26</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B2" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C2">
         <v>39492</v>
       </c>
       <c r="D2" s="3">
         <v>146288</v>
       </c>
       <c r="E2" s="3">
         <v>146288</v>
       </c>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
       <c r="J2" s="3"/>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B3" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C3">
         <v>39484</v>
       </c>
       <c r="D3" s="3">
         <v>99201</v>
       </c>
       <c r="E3" s="3">
         <v>99201</v>
       </c>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="B4" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="C4">
         <v>39499</v>
       </c>
       <c r="D4" s="3">
         <v>63742</v>
       </c>
       <c r="E4" s="3">
         <v>63742</v>
       </c>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="B5" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="C5">
         <v>39499</v>
       </c>
       <c r="D5" s="3">
         <v>56711</v>
       </c>
       <c r="E5" s="3">
         <v>56559</v>
       </c>
       <c r="F5" s="3">
         <v>99</v>
       </c>
       <c r="G5" s="3">
         <v>22</v>
       </c>
       <c r="H5" s="3"/>
       <c r="I5" s="3">
         <v>31</v>
       </c>
       <c r="J5" s="3"/>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B6" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C6">
         <v>39492</v>
       </c>
       <c r="D6" s="3">
         <v>631730</v>
       </c>
       <c r="E6" s="3">
         <v>631730</v>
       </c>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="J6" s="3"/>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B7" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C7">
         <v>39507</v>
       </c>
       <c r="D7" s="3">
         <v>51705</v>
       </c>
       <c r="E7" s="3">
         <v>51705</v>
       </c>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B8" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="C8">
         <v>39449</v>
       </c>
       <c r="D8" s="3">
         <v>9120</v>
       </c>
       <c r="E8" s="3">
         <v>9120</v>
       </c>
       <c r="F8" s="3"/>
       <c r="G8" s="3"/>
       <c r="H8" s="3"/>
       <c r="I8" s="3"/>
       <c r="J8" s="3"/>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B9" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C9">
         <v>39478</v>
       </c>
       <c r="D9" s="3">
         <v>594944</v>
       </c>
       <c r="E9" s="3">
         <v>593827</v>
       </c>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3">
         <v>1117</v>
       </c>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B10" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C10">
         <v>39500</v>
       </c>
       <c r="D10" s="3">
         <v>43253</v>
       </c>
       <c r="E10" s="3">
         <v>43253</v>
       </c>
       <c r="F10" s="3"/>
       <c r="G10" s="3"/>
       <c r="H10" s="3"/>
       <c r="I10" s="3"/>
       <c r="J10" s="3"/>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B11" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="C11">
         <v>39484</v>
       </c>
       <c r="D11" s="3">
         <v>850627</v>
       </c>
       <c r="E11" s="3">
         <v>850346</v>
       </c>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3">
         <v>281</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B12" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="C12">
         <v>39500</v>
       </c>
       <c r="D12" s="3">
         <v>612278</v>
       </c>
       <c r="E12" s="3">
         <v>612245</v>
       </c>
       <c r="F12" s="3">
         <v>33</v>
       </c>
       <c r="G12" s="3"/>
       <c r="H12" s="3"/>
       <c r="I12" s="3"/>
       <c r="J12" s="3"/>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="B13" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C13">
         <v>39485</v>
       </c>
       <c r="D13" s="3">
         <v>42909</v>
       </c>
       <c r="E13" s="3">
         <v>42909</v>
       </c>
       <c r="F13" s="3"/>
       <c r="G13" s="3"/>
       <c r="H13" s="3"/>
       <c r="I13" s="3"/>
       <c r="J13" s="3"/>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="D14" s="3">
         <v>12314</v>
       </c>
       <c r="E14" s="3">
         <v>12314</v>
       </c>
       <c r="F14" s="3"/>
       <c r="G14" s="3"/>
       <c r="H14" s="3"/>
       <c r="I14" s="3"/>
       <c r="J14" s="3"/>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B15" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="C15">
         <v>39500</v>
       </c>
       <c r="D15" s="3">
         <v>604279</v>
       </c>
       <c r="E15" s="3">
         <v>604279</v>
       </c>
       <c r="F15" s="3"/>
       <c r="G15" s="3"/>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
       <c r="J15" s="3"/>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B16" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="C16">
         <v>39499</v>
       </c>
       <c r="D16" s="3">
         <v>67420</v>
       </c>
       <c r="E16" s="3">
         <v>67352</v>
       </c>
       <c r="F16" s="3"/>
       <c r="G16" s="3"/>
       <c r="H16" s="3">
         <v>68</v>
       </c>
       <c r="I16" s="3"/>
       <c r="J16" s="3"/>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D17" s="3">
         <v>64180</v>
       </c>
       <c r="E17" s="3">
         <v>64180</v>
       </c>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B18" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="C18">
         <v>39514</v>
       </c>
       <c r="D18" s="3">
         <v>55028</v>
       </c>
       <c r="E18" s="3">
         <v>55028</v>
       </c>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B19" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="C19">
         <v>39485</v>
       </c>
       <c r="D19" s="3">
         <v>95201</v>
       </c>
       <c r="E19" s="3">
         <v>95201</v>
       </c>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B20" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C20">
         <v>39472</v>
       </c>
       <c r="D20" s="3">
         <v>17459</v>
       </c>
       <c r="E20" s="3">
         <v>17459</v>
       </c>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B21" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C21">
         <v>39514</v>
       </c>
       <c r="D21" s="3">
         <v>40014</v>
       </c>
       <c r="E21" s="3">
         <v>39999</v>
       </c>
       <c r="F21" s="3">
         <v>15</v>
       </c>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B22" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C22">
         <v>39499</v>
       </c>
       <c r="D22" s="3">
         <v>16590</v>
       </c>
       <c r="E22" s="3">
         <v>16590</v>
       </c>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B23" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="C23">
         <v>39541</v>
       </c>
       <c r="D23" s="3">
         <v>7477</v>
       </c>
       <c r="E23" s="3">
         <v>7445</v>
       </c>
       <c r="F23" s="3"/>
       <c r="G23" s="3">
         <v>4</v>
       </c>
       <c r="H23" s="3"/>
       <c r="I23" s="3">
         <v>28</v>
       </c>
       <c r="J23" s="3"/>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B24" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="C24">
         <v>39479</v>
       </c>
       <c r="D24" s="3">
         <v>62761</v>
       </c>
       <c r="E24" s="3">
         <v>62761</v>
       </c>
       <c r="F24" s="3"/>
       <c r="G24" s="3"/>
       <c r="H24" s="3"/>
       <c r="I24" s="3"/>
       <c r="J24" s="3"/>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="D25" s="3">
         <v>4042234</v>
       </c>
       <c r="E25" s="3">
         <v>4040536</v>
       </c>
       <c r="F25" s="3">
         <v>147</v>
       </c>
       <c r="G25" s="3">
         <v>26</v>
       </c>
       <c r="H25" s="3">
         <v>1185</v>
       </c>
       <c r="I25" s="3">
         <v>59</v>
       </c>
       <c r="J25" s="3">
         <v>281</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="D26" s="3">
         <v>4245231</v>
       </c>
       <c r="E26" s="3">
         <v>4243533</v>
       </c>
       <c r="F26" s="3">
         <v>147</v>
       </c>
       <c r="G26" s="3">
         <v>26</v>
       </c>
       <c r="H26" s="3">
         <v>1185</v>
       </c>
       <c r="I26" s="3">
         <v>59</v>
       </c>
       <c r="J26" s="3">
         <v>281</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B28"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="34.140625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="37.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="B3" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B4" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="B6" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B8" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="B9" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="B10" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B11" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>35</v>
+        <v>86</v>
       </c>
       <c r="B12" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
+        <v>88</v>
+      </c>
+      <c r="B13" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
+        <v>90</v>
+      </c>
+      <c r="B14" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
+        <v>92</v>
+      </c>
+      <c r="B15" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
+        <v>94</v>
+      </c>
+      <c r="B16" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>97</v>
+        <v>66</v>
       </c>
       <c r="B17" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B18" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>68</v>
+        <v>99</v>
       </c>
       <c r="B19" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
+        <v>101</v>
+      </c>
+      <c r="B20" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>102</v>
+        <v>33</v>
       </c>
       <c r="B21" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="B22" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="B23" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>107</v>
+        <v>97</v>
       </c>
       <c r="B24" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="B25" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="B26" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
+        <v>108</v>
+      </c>
+      <c r="B27" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="B28" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Metadata</vt:lpstr>