--- v0 (2025-11-24)
+++ v1 (2025-12-15)
@@ -217,84 +217,84 @@
   <si>
     <t>Paramount/United International Pictures</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Karantanija Cinemas</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Tatra Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Monstruoso</t>
+  </si>
+  <si>
+    <t>06-02-08</t>
+  </si>
+  <si>
     <t>AU,CA,DE,FR,GB,GR,HR,HU,IT,NL,SE,SG,US,VE</t>
   </si>
   <si>
     <t>Monster</t>
   </si>
   <si>
     <t>Pošastno</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Cloverfield - Monstruo</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Чудовищнo</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Cloverfield: Monstro</t>
   </si>
   <si>
     <t>Monstrum</t>
-  </si>
-[...4 lines deleted...]
-    <t>06-02-08</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Cloverfield: Hakaisha</t>
   </si>
   <si>
     <t>クローバーフィールド HAKAISHA</t>
   </si>
   <si>
     <t>04-05</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>클로버필드</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Projektas MONSTRAS</t>
   </si>
@@ -1428,109 +1428,109 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B29"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="40.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="26.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>39</v>
+      </c>
+      <c r="B2" t="s">
         <v>67</v>
       </c>
-      <c r="B2" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>42</v>
+      </c>
       <c r="B3" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="4" spans="1:2">
+      <c r="A4" t="s">
+        <v>69</v>
+      </c>
       <c r="B4" t="s">
-        <v>69</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
-      <c r="A5" t="s">
+      <c r="B5" t="s">
         <v>70</v>
       </c>
-      <c r="B5" t="s">
+    </row>
+    <row r="6" spans="1:2">
+      <c r="B6" t="s">
         <v>71</v>
-      </c>
-[...6 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B7" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>32</v>
+        <v>74</v>
       </c>
       <c r="B8" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>39</v>
+        <v>76</v>
       </c>
       <c r="B9" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="B10" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>79</v>
       </c>
       <c r="B11" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>79</v>
       </c>
       <c r="B12" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>79</v>
       </c>