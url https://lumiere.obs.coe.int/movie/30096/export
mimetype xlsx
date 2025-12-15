--- v0 (2025-11-21)
+++ v1 (2025-12-15)
@@ -277,81 +277,81 @@
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Cinemania Group</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>ASFK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Özen Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AR,AU,BE,BR,CZ,ES,FI,FR,GR,HR,IT,MX,NL,PL,PT,SE,TR</t>
+  </si>
+  <si>
+    <t>CA,GB,US</t>
+  </si>
+  <si>
+    <t>Gomorrah</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Гомор</t>
+  </si>
+  <si>
+    <t>Gomorrha - Reise in das Reich der Camorra</t>
+  </si>
+  <si>
+    <t>Gomorra: Új kiadás</t>
+  </si>
+  <si>
     <t>JP</t>
   </si>
   <si>
     <t>ゴモラ</t>
   </si>
   <si>
     <t>LT,RO,RS</t>
   </si>
   <si>
     <t>Gomora</t>
-  </si>
-[...19 lines deleted...]
-    <t>Gomorra: Új kiadás</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Гоморра</t>
   </si>
   <si>
     <t>Γόμορρα</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -1862,96 +1862,96 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="47.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="38.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>87</v>
       </c>
       <c r="B2" t="s">
-        <v>88</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>88</v>
+      </c>
+      <c r="B3" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>90</v>
+      </c>
+      <c r="B4" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>94</v>
+        <v>63</v>
       </c>
       <c r="B6" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>44</v>
+        <v>94</v>
       </c>
       <c r="B7" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>63</v>
+        <v>96</v>
       </c>
       <c r="B8" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>98</v>
       </c>
       <c r="B9" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>59</v>
       </c>
       <c r="B10" t="s">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>