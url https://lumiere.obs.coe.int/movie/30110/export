--- v0 (2025-11-20)
+++ v1 (2026-02-06)
@@ -208,57 +208,57 @@
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Continental Film</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Tatra Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Tiglon</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BG,UA</t>
+  </si>
+  <si>
+    <t>Макс Пейн</t>
+  </si>
+  <si>
     <t>AR,AU,BR,CA,CZ,DE,ES,FR,GB,GR,IT,MX,NL,PL,PT,RO,SE,TR,US</t>
-  </si>
-[...4 lines deleted...]
-    <t>Макс Пейн</t>
   </si>
   <si>
     <t>Max Payne - Egyszemélyes háború</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>マックス・ペイン</t>
   </si>
   <si>
     <t>Maksas Peinas</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Makss Peins</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Maks Pejn</t>
   </si>
@@ -1255,59 +1255,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="54.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="31.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>64</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>65</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B3" t="s">
-        <v>66</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>42</v>
       </c>
       <c r="B4" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>68</v>
       </c>
       <c r="B5" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>46</v>
       </c>
       <c r="B6" t="s">
         <v>70</v>
       </c>