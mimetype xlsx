--- v0 (2025-11-22)
+++ v1 (2026-01-10)
@@ -157,57 +157,57 @@
   <si>
     <t>Mikado Film</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>ZON Lusomundo</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Warner Bros.</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>RO</t>
+  </si>
+  <si>
+    <t>Înşelătoria</t>
+  </si>
+  <si>
     <t>AU,CA,GB,NL,SG,US</t>
-  </si>
-[...4 lines deleted...]
-    <t>Înşelătoria</t>
   </si>
   <si>
     <t>Santaj</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Obmana</t>
   </si>
   <si>
     <t>Şantaj</t>
   </si>
   <si>
     <t>AR,VE</t>
   </si>
   <si>
     <t>El engaño</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Измама</t>
   </si>
@@ -1052,59 +1052,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B33"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="18.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="30.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>47</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>48</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B3" t="s">
-        <v>49</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>51</v>
       </c>
       <c r="B5" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>43</v>
       </c>
       <c r="B6" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
@@ -1238,51 +1238,51 @@
       <c r="A23" t="s">
         <v>80</v>
       </c>
       <c r="B23" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>82</v>
       </c>
       <c r="B24" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>41</v>
       </c>
       <c r="B25" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B26" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>86</v>
       </c>
       <c r="B27" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>88</v>
       </c>
       <c r="B28" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>6</v>
       </c>