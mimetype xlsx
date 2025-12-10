--- v0 (2025-11-20)
+++ v1 (2025-12-10)
@@ -163,59 +163,65 @@
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>ZON Lusomundo</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Atlantic Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Tiglon</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>SI</t>
+  </si>
+  <si>
+    <t>Jezero groze</t>
+  </si>
+  <si>
+    <t>AR,AU,CA,DE,ES,FR,GB,IT,KR,NL,PL,SE,SG,US</t>
+  </si>
+  <si>
     <t>BA</t>
   </si>
   <si>
     <t>Jezero Eden</t>
   </si>
   <si>
-    <t>AR,AU,CA,DE,ES,FR,GB,IT,KR,NL,PL,SE,SG,US</t>
-[...1 lines deleted...]
-  <si>
     <t>BG</t>
   </si>
   <si>
     <t>Райско езеро</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Sem Saída</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Cauchemar au lac de l'Eden</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Jezero smrti</t>
   </si>
   <si>
     <t>ES</t>
@@ -257,56 +263,50 @@
     <t>MX</t>
   </si>
   <si>
     <t>Silencio en el lago</t>
   </si>
   <si>
     <t>O Lago Perfeito</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Lacul terorii</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Edensko jezero</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Райское озеро</t>
-  </si>
-[...4 lines deleted...]
-    <t>Jezero groze</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Jazero smrti</t>
   </si>
   <si>
     <t>Kan gölü</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>Little Terrors</t>
   </si>
   <si>
     <t>Η συμμορία της λίμνης</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -1183,59 +1183,59 @@
       <c r="A12" t="s">
         <v>68</v>
       </c>
       <c r="B12" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>70</v>
       </c>
       <c r="B13" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>72</v>
       </c>
       <c r="B14" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>41</v>
+        <v>74</v>
       </c>
       <c r="B15" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>75</v>
+        <v>41</v>
       </c>
       <c r="B16" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>77</v>
       </c>
       <c r="B17" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>79</v>
       </c>
       <c r="B18" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>81</v>
       </c>
@@ -1247,51 +1247,51 @@
       <c r="A20" t="s">
         <v>83</v>
       </c>
       <c r="B20" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>86</v>
       </c>
       <c r="B22" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B23" t="s">
         <v>88</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>