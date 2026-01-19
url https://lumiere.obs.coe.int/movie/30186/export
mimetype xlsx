--- v1 (2025-12-10)
+++ v2 (2026-01-19)
@@ -163,150 +163,150 @@
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>ZON Lusomundo</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Atlantic Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Tiglon</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AR,AU,CA,DE,ES,FR,GB,IT,KR,NL,PL,SE,SG,US</t>
+  </si>
+  <si>
+    <t>BA</t>
+  </si>
+  <si>
+    <t>Jezero Eden</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Райско езеро</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Sem Saída</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Cauchemar au lac de l'Eden</t>
+  </si>
+  <si>
+    <t>CZ</t>
+  </si>
+  <si>
+    <t>Jezero smrti</t>
+  </si>
+  <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>Lago Eden</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>I symmoria tis limnis</t>
+  </si>
+  <si>
+    <t>HR</t>
+  </si>
+  <si>
+    <t>Rajsko jezero</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Gyilkos kilátások</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>バイオレンス・レイク</t>
+  </si>
+  <si>
+    <t>LT</t>
+  </si>
+  <si>
+    <t>Rojaus ežeras</t>
+  </si>
+  <si>
+    <t>MX</t>
+  </si>
+  <si>
+    <t>Silencio en el lago</t>
+  </si>
+  <si>
+    <t>O Lago Perfeito</t>
+  </si>
+  <si>
+    <t>RO</t>
+  </si>
+  <si>
+    <t>Lacul terorii</t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Edensko jezero</t>
+  </si>
+  <si>
+    <t>RU</t>
+  </si>
+  <si>
+    <t>Райское озеро</t>
+  </si>
+  <si>
     <t>SI</t>
   </si>
   <si>
     <t>Jezero groze</t>
-  </si>
-[...94 lines deleted...]
-    <t>Райское озеро</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Jazero smrti</t>
   </si>
   <si>
     <t>Kan gölü</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>Little Terrors</t>
   </si>
   <si>
     <t>Η συμμορία της λίμνης</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -1082,59 +1082,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B23"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="39.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>49</v>
       </c>
       <c r="B2" t="s">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>50</v>
+      </c>
+      <c r="B3" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>52</v>
       </c>
       <c r="B4" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>54</v>
       </c>
       <c r="B5" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>56</v>
       </c>
       <c r="B6" t="s">
         <v>57</v>
       </c>
@@ -1183,59 +1183,59 @@
       <c r="A12" t="s">
         <v>68</v>
       </c>
       <c r="B12" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>70</v>
       </c>
       <c r="B13" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>72</v>
       </c>
       <c r="B14" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
+        <v>41</v>
+      </c>
+      <c r="B15" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>41</v>
+        <v>75</v>
       </c>
       <c r="B16" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>77</v>
       </c>
       <c r="B17" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>79</v>
       </c>
       <c r="B18" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>81</v>
       </c>
@@ -1247,51 +1247,51 @@
       <c r="A20" t="s">
         <v>83</v>
       </c>
       <c r="B20" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>86</v>
       </c>
       <c r="B22" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B23" t="s">
         <v>88</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>