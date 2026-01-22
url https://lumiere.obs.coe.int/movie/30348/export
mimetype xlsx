--- v0 (2025-12-12)
+++ v1 (2026-01-22)
@@ -154,117 +154,117 @@
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Medusa</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Entertainment One</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Tatra Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,GB,SE,US</t>
+  </si>
+  <si>
+    <t>Cuando Ella Me Encontro</t>
+  </si>
+  <si>
+    <t>En busca de un amor</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Kiedys mnie znajdziesz</t>
+  </si>
+  <si>
+    <t>Konečne spolu</t>
+  </si>
+  <si>
+    <t>Konečně spolu</t>
+  </si>
+  <si>
+    <t>AR,CL</t>
+  </si>
+  <si>
+    <t>Cuando todo cambia</t>
+  </si>
+  <si>
+    <t>BA</t>
+  </si>
+  <si>
+    <t>Pronadjena</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Тя ме откри</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Quando Me Apaixono</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Mère sur prise</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>Als sie mich fand</t>
+  </si>
+  <si>
+    <t>Then She Found Me - Manchmal kommt alles auf einmal</t>
+  </si>
+  <si>
+    <t>EE</t>
+  </si>
+  <si>
+    <t>Juhuslik kohtumine</t>
+  </si>
+  <si>
     <t>Cuando ella me encontró</t>
-  </si>
-[...64 lines deleted...]
-    <t>Juhuslik kohtumine</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Sattuman kauppaa</t>
   </si>
   <si>
     <t>Une histoire de famille</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Otan me vrike</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Amikor minden változik</t>
   </si>
   <si>
     <t>Quando tutto cambia</t>
   </si>
@@ -1040,151 +1040,151 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B29"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="50.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>46</v>
       </c>
       <c r="B2" t="s">
-        <v>46</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
-      <c r="A3" t="s">
+      <c r="B3" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:2">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
       <c r="B5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:2">
-      <c r="A6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B6" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="8" spans="1:2">
+      <c r="A8" t="s">
+        <v>53</v>
+      </c>
       <c r="B8" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B9" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B10" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B11" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B12" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B13" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B14" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>67</v>
+        <v>32</v>
       </c>
       <c r="B16" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>69</v>
       </c>
       <c r="B17" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>34</v>
       </c>
       <c r="B18" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>72</v>
       </c>
@@ -1212,51 +1212,51 @@
       <c r="A22" t="s">
         <v>77</v>
       </c>
       <c r="B22" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>79</v>
       </c>
       <c r="B23" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>81</v>
       </c>
       <c r="B24" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B25" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>84</v>
       </c>
       <c r="B26" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>86</v>
       </c>
       <c r="B27" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>88</v>
       </c>