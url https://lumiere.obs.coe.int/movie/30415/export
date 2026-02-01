--- v0 (2025-12-27)
+++ v1 (2026-02-01)
@@ -100,50 +100,56 @@
   <si>
     <t>Total since 2008</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>Disney</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Wycieczka na studia</t>
+  </si>
+  <si>
     <t>AU,GB,US</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Putovanje do univerziteta</t>
   </si>
   <si>
     <t>AR,VE</t>
   </si>
   <si>
     <t>Un viaje de aquellos</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Бягство към колежа</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Como Viajar com o 'Mala' do seu Pai</t>
@@ -155,56 +161,50 @@
     <t>La route des campus</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Loco viaje al campus</t>
   </si>
   <si>
     <t>Loco viaje al campus (Un viaje de aquellos)</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Papa, la fac et moi</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Tan-túra</t>
   </si>
   <si>
     <t>In viaggio per il college</t>
-  </si>
-[...4 lines deleted...]
-    <t>Wycieczka na studia</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Universidade, a Quanto Obrigas!</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Calatorie cu peripetii</t>
   </si>
   <si>
     <t>Апсолвентско путовање</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Okul Gezisi</t>
   </si>
   <si>
     <t>National Lampoon's College Road Trip</t>
   </si>
@@ -800,160 +800,160 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B22"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="38.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>28</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>31</v>
       </c>
       <c r="B4" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>33</v>
       </c>
       <c r="B5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>35</v>
       </c>
       <c r="B6" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>37</v>
       </c>
       <c r="B7" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>39</v>
       </c>
       <c r="B8" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B9" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B10" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>44</v>
       </c>
       <c r="B11" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="B12" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="B13" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>49</v>
       </c>
       <c r="B14" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>51</v>
       </c>
       <c r="B15" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B16" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>54</v>
       </c>
       <c r="B17" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>6</v>
       </c>
       <c r="B18" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>57</v>
       </c>