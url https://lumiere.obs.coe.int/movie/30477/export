--- v0 (2025-12-06)
+++ v1 (2026-02-12)
@@ -169,63 +169,63 @@
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>A-Film</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Nonstop Entertainment</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Tiglon</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,DK,ES,FR,GB,JP,KR,SE,US</t>
+  </si>
+  <si>
+    <t>Donmus irmak</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Pagomeno potami</t>
+  </si>
+  <si>
     <t>Rio helado</t>
-  </si>
-[...10 lines deleted...]
-    <t>Pagomeno potami</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Рiка, що змерзла</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Río congelado</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Замръзнала река</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Rio Congelado</t>
   </si>
@@ -1122,74 +1122,74 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="28.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="28.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>51</v>
+      </c>
       <c r="B2" t="s">
-        <v>51</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>47</v>
+      </c>
+      <c r="B3" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="B4" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="5" spans="1:2">
-      <c r="A5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B5" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>56</v>
       </c>
       <c r="B6" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>58</v>
       </c>
       <c r="B7" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>60</v>
       </c>
       <c r="B8" t="s">
@@ -1288,51 +1288,51 @@
       <c r="A20" t="s">
         <v>47</v>
       </c>
       <c r="B20" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>56</v>
       </c>
       <c r="B21" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>85</v>
       </c>
       <c r="B22" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B23" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>88</v>
       </c>
       <c r="B24" t="s">
         <v>89</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">