--- v0 (2025-12-05)
+++ v1 (2026-02-05)
@@ -268,102 +268,102 @@
   <si>
     <t>Nonstop Entertainment</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Film Europe</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Tiglon</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Hrvač</t>
+  </si>
+  <si>
     <t>AU,CA,CZ,FR,GB,IT,KR,NL,SE,SK,US</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>O palaistis</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Rvač</t>
   </si>
   <si>
     <t>Sampiyon</t>
   </si>
   <si>
     <t>Zapasnik</t>
   </si>
   <si>
     <t>Luptatorul</t>
   </si>
   <si>
     <t>AR,ES,MX</t>
   </si>
   <si>
     <t>El luchador</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Кечистът</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>O Lutador</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Le lutteur</t>
   </si>
   <si>
     <t>Maadleja</t>
-  </si>
-[...1 lines deleted...]
-    <t>Hrvač</t>
   </si>
   <si>
     <t>A pankrátor</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Wrestler</t>
   </si>
   <si>
     <t>レスラー</t>
   </si>
   <si>
     <t>Resurâ</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Imtynininkas</t>
   </si>
   <si>
     <t>Cīkstonis</t>
   </si>
@@ -1847,136 +1847,136 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B29"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="31" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="33.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>59</v>
+      </c>
+      <c r="B2" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>85</v>
       </c>
       <c r="B3" t="s">
-        <v>86</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>86</v>
+      </c>
+      <c r="B4" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="B5" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="6" spans="1:2">
+      <c r="A6" t="s">
+        <v>80</v>
+      </c>
       <c r="B6" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="7" spans="1:2">
-      <c r="A7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B7" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
+        <v>73</v>
+      </c>
+      <c r="B8" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
+        <v>93</v>
+      </c>
+      <c r="B9" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>95</v>
+      </c>
+      <c r="B10" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
+        <v>97</v>
+      </c>
+      <c r="B11" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>49</v>
+        <v>99</v>
       </c>
       <c r="B12" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>59</v>
+        <v>49</v>
       </c>
       <c r="B13" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>61</v>
       </c>
       <c r="B14" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>103</v>
       </c>
       <c r="B15" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>103</v>
       </c>
@@ -2004,83 +2004,83 @@
       <c r="A19" t="s">
         <v>65</v>
       </c>
       <c r="B19" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>69</v>
       </c>
       <c r="B20" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>71</v>
       </c>
       <c r="B21" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B22" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>77</v>
       </c>
       <c r="B23" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>80</v>
       </c>
       <c r="B24" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>115</v>
       </c>
       <c r="B25" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B26" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>45</v>
       </c>
       <c r="B27" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>53</v>
       </c>
       <c r="B28" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>53</v>
       </c>