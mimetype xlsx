--- v0 (2025-12-05)
+++ v1 (2026-01-16)
@@ -175,65 +175,74 @@
   <si>
     <t>Disney</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Lady Film</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>NO</t>
+  </si>
+  <si>
+    <t>Sorte engler</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Niebiańskie istoty</t>
+  </si>
+  <si>
     <t>TR</t>
   </si>
   <si>
     <t>Cennet Yaratiklari</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Nebeska stvorenja</t>
   </si>
   <si>
-    <t>PL</t>
-[...1 lines deleted...]
-  <si>
     <t>Niebianskie istoty</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Небеснi створiння</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Божествени създания</t>
   </si>
   <si>
     <t>AU,CA,DE,GB,NL,NZ,US</t>
   </si>
   <si>
     <t>CA,FR</t>
   </si>
   <si>
     <t>Créatures célestes</t>
   </si>
   <si>
     <t>Heavenly Creatures - Himmelska varelser</t>
@@ -281,59 +290,50 @@
     <t>Criaturas celestiales</t>
   </si>
   <si>
     <t>Taivaalliset olennot</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Ourania plasmata</t>
   </si>
   <si>
     <t>Mennyei teremtmények</t>
   </si>
   <si>
     <t>Creature del cielo</t>
   </si>
   <si>
     <t>Otome no Inori</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Dangiskos butybes</t>
-  </si>
-[...7 lines deleted...]
-    <t>Niebiańskie istoty</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Amizade Sem Limites</t>
   </si>
   <si>
     <t>Небеска створења</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Nebeška bitja</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Небесные создания</t>
   </si>
   <si>
     <t>US</t>
   </si>
@@ -1337,267 +1337,267 @@
       <c r="A3" t="s">
         <v>55</v>
       </c>
       <c r="B3" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>57</v>
       </c>
       <c r="B4" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>59</v>
       </c>
       <c r="B5" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>64</v>
       </c>
       <c r="B8" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="B9" t="s">
-        <v>66</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>42</v>
+        <v>67</v>
       </c>
       <c r="B10" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>68</v>
+        <v>42</v>
       </c>
       <c r="B11" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
+        <v>42</v>
+      </c>
+      <c r="B12" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B13" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>53</v>
+        <v>73</v>
       </c>
       <c r="B14" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B15" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
+        <v>57</v>
+      </c>
+      <c r="B16" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>40</v>
+        <v>77</v>
       </c>
       <c r="B17" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>79</v>
       </c>
       <c r="B18" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>82</v>
       </c>
       <c r="B20" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="B21" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>47</v>
+        <v>85</v>
       </c>
       <c r="B22" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>70</v>
+        <v>46</v>
       </c>
       <c r="B23" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>87</v>
+        <v>47</v>
       </c>
       <c r="B24" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
+        <v>73</v>
+      </c>
+      <c r="B25" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>57</v>
+        <v>90</v>
       </c>
       <c r="B26" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>92</v>
       </c>
       <c r="B27" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>95</v>
       </c>
       <c r="B29" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>97</v>
       </c>
       <c r="B30" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>99</v>
       </c>
       <c r="B31" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B32" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B33" t="s">
         <v>102</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>