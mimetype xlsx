--- v0 (2025-11-20)
+++ v1 (2026-01-08)
@@ -1038,155 +1038,155 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="17" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
-      <c r="A2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B2" t="s">
-        <v>49</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>48</v>
+      </c>
+      <c r="B3" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2">
+      <c r="A4" t="s">
         <v>50</v>
       </c>
-      <c r="B3" t="s">
+      <c r="B4" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="4" spans="1:2">
-      <c r="B4" t="s">
+    <row r="5" spans="1:2">
+      <c r="B5" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="5" spans="1:2">
-      <c r="A5" t="s">
+    <row r="6" spans="1:2">
+      <c r="A6" t="s">
         <v>53</v>
       </c>
-      <c r="B5" t="s">
+      <c r="B6" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="6" spans="1:2">
-      <c r="B6" t="s">
+    <row r="7" spans="1:2">
+      <c r="B7" t="s">
         <v>55</v>
-      </c>
-[...6 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>38</v>
+        <v>56</v>
       </c>
       <c r="B8" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="B9" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>60</v>
+        <v>44</v>
       </c>
       <c r="B10" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B11" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
+        <v>62</v>
+      </c>
+      <c r="B12" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="13" spans="1:2">
+      <c r="A13" t="s">
         <v>64</v>
       </c>
-      <c r="B12" t="s">
+      <c r="B13" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="13" spans="1:2">
-      <c r="B13" t="s">
+    <row r="14" spans="1:2">
+      <c r="B14" t="s">
         <v>66</v>
-      </c>
-[...6 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
+        <v>38</v>
+      </c>
+      <c r="B15" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="16" spans="1:2">
+      <c r="A16" t="s">
         <v>68</v>
       </c>
-      <c r="B15" t="s">
+      <c r="B16" t="s">
         <v>69</v>
-      </c>
-[...3 lines deleted...]
-        <v>1</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Metadata</vt:lpstr>