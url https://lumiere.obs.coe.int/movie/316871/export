--- v0 (2025-11-21)
+++ v1 (2026-01-19)
@@ -699,57 +699,59 @@
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>23</v>
       </c>
       <c r="D4" s="3">
         <v>615</v>
       </c>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3">
         <v>615</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>24</v>
       </c>
       <c r="B5" t="s">
         <v>25</v>
       </c>
       <c r="C5">
         <v>45141</v>
       </c>
       <c r="D5" s="3">
-        <v>7312</v>
+        <v>7547</v>
       </c>
       <c r="E5" s="3"/>
       <c r="F5" s="3">
         <v>7312</v>
       </c>
-      <c r="G5" s="3"/>
+      <c r="G5" s="3">
+        <v>235</v>
+      </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>26</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6">
         <v>45141</v>
       </c>
       <c r="D6" s="3">
         <v>1753</v>
       </c>
       <c r="E6" s="3"/>
       <c r="F6" s="3">
         <v>1753</v>
       </c>
       <c r="G6" s="3"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>28</v>
       </c>
       <c r="B7" t="s">
@@ -771,128 +773,130 @@
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>30</v>
       </c>
       <c r="D8" s="3">
         <v>225</v>
       </c>
       <c r="E8" s="3"/>
       <c r="F8" s="3">
         <v>225</v>
       </c>
       <c r="G8" s="3"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>31</v>
       </c>
       <c r="B9" t="s">
         <v>32</v>
       </c>
       <c r="C9">
         <v>45188</v>
       </c>
       <c r="D9" s="3">
-        <v>306</v>
+        <v>316</v>
       </c>
       <c r="E9" s="3"/>
       <c r="F9" s="3">
         <v>306</v>
       </c>
-      <c r="G9" s="3"/>
+      <c r="G9" s="3">
+        <v>10</v>
+      </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>33</v>
       </c>
       <c r="B10" t="s">
         <v>34</v>
       </c>
       <c r="C10">
         <v>45212</v>
       </c>
       <c r="D10" s="3">
         <v>54</v>
       </c>
       <c r="E10" s="3"/>
       <c r="F10" s="3"/>
       <c r="G10" s="3">
         <v>54</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>35</v>
       </c>
       <c r="B11" t="s">
         <v>36</v>
       </c>
       <c r="C11">
         <v>45002</v>
       </c>
       <c r="D11" s="3">
         <v>2568</v>
       </c>
       <c r="E11" s="3"/>
       <c r="F11" s="3">
         <v>2568</v>
       </c>
       <c r="G11" s="3"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="3">
-        <v>369201</v>
+        <v>369436</v>
       </c>
       <c r="E12" s="3">
         <v>342759</v>
       </c>
       <c r="F12" s="3">
         <v>25334</v>
       </c>
       <c r="G12" s="3">
-        <v>1108</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>38</v>
       </c>
       <c r="D13" s="3">
-        <v>371994</v>
+        <v>372229</v>
       </c>
       <c r="E13" s="3">
         <v>342759</v>
       </c>
       <c r="F13" s="3">
         <v>28127</v>
       </c>
       <c r="G13" s="3">
-        <v>1108</v>
+        <v>1343</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>