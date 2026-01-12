--- v0 (2025-12-03)
+++ v1 (2026-01-12)
@@ -151,84 +151,84 @@
   <si>
     <t>Concorde Filmverleih</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>StudioCanal</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>ZON Lusomundo</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>La jugadora</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Játszó nő</t>
+  </si>
+  <si>
+    <t>Die Schachspielerin</t>
+  </si>
+  <si>
     <t>CA,FR</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Xeque-Mate</t>
   </si>
   <si>
     <t>BG,RU</t>
   </si>
   <si>
     <t>Шахматистка</t>
   </si>
   <si>
     <t>CA,US</t>
   </si>
   <si>
     <t>Queen to Play</t>
-  </si>
-[...13 lines deleted...]
-    <t>Játszó nő</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Szachistka</t>
   </si>
   <si>
     <t>Xeque à Rainha</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -987,80 +987,80 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="18.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>45</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>46</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="B4" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>50</v>
       </c>
       <c r="B5" t="s">
-        <v>51</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>36</v>
+        <v>51</v>
       </c>
       <c r="B6" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>53</v>
       </c>
       <c r="B7" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>55</v>
       </c>
       <c r="B8" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>57</v>
       </c>