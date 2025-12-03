--- v0 (2025-11-12)
+++ v1 (2025-12-03)
@@ -256,50 +256,53 @@
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Pris Audiovisuais</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Clorofilm</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Continental Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Flor del Desierto</t>
+  </si>
+  <si>
     <t>AU,CA,GB,KR,US</t>
   </si>
   <si>
     <t>Kõrbelill</t>
   </si>
   <si>
     <t>Květ pouště</t>
   </si>
   <si>
     <t>Púštny kvet</t>
   </si>
   <si>
     <t>To louloudi tis erimou</t>
   </si>
   <si>
     <t>AT,DE</t>
   </si>
   <si>
     <t>Wüstenblume</t>
   </si>
   <si>
     <t>Пустинно цвете</t>
   </si>
   <si>
     <t>BR,PT</t>
@@ -323,53 +326,50 @@
     <t>Aavikon kukka</t>
   </si>
   <si>
     <t>A sivatag virága</t>
   </si>
   <si>
     <t>Fiore del deserto</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>デザートフラワー</t>
   </si>
   <si>
     <t>Ørkenblomsten</t>
   </si>
   <si>
     <t>Kwiat pustyni</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>En blomma i Afrikas öken</t>
-  </si>
-[...1 lines deleted...]
-    <t>Flor del Desierto</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Цветок пустыни</t>
   </si>
   <si>
     <t>Το λουλούδι της ερήμου</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -1783,185 +1783,185 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B22"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
-      <c r="A2" t="s">
+      <c r="B2" t="s">
         <v>80</v>
       </c>
-      <c r="B2" t="s">
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>81</v>
+      </c>
+      <c r="B3" t="s">
         <v>1</v>
-      </c>
-[...3 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="6" spans="1:2">
-      <c r="A6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B6" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>43</v>
+        <v>86</v>
       </c>
       <c r="B8" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
+        <v>43</v>
+      </c>
+      <c r="B9" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>89</v>
+      </c>
+      <c r="B10" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>51</v>
+        <v>91</v>
       </c>
       <c r="B11" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="B12" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B13" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="B14" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B15" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
+        <v>64</v>
+      </c>
+      <c r="B16" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>68</v>
+        <v>98</v>
       </c>
       <c r="B17" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B18" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
+        <v>70</v>
+      </c>
+      <c r="B19" t="s">
         <v>101</v>
       </c>
-      <c r="B19" t="s">
+    </row>
+    <row r="20" spans="1:2">
+      <c r="A20" t="s">
         <v>102</v>
       </c>
-    </row>
-    <row r="20" spans="1:2">
       <c r="B20" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>104</v>
       </c>
       <c r="B21" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>60</v>
       </c>
       <c r="B22" t="s">
         <v>106</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 