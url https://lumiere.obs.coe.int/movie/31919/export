--- v0 (2025-11-20)
+++ v1 (2025-12-12)
@@ -142,105 +142,105 @@
   <si>
     <t>Lauren Films</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Elke</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>Carlton</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,FR,GB,KR,NL,US</t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Misisipi u plamenu</t>
+  </si>
+  <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Mississippi yaniyor</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Ο Μισισιπής καίγεται</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Мiссiсiпi у вогнi</t>
+  </si>
+  <si>
+    <t>DK</t>
+  </si>
+  <si>
+    <t>Mississippi burning</t>
+  </si>
+  <si>
+    <t>AR,MX,VE</t>
+  </si>
+  <si>
+    <t>Mississippi en llamas</t>
+  </si>
+  <si>
+    <t>AT,DE</t>
+  </si>
+  <si>
+    <t>Mississippi Burning - Die Wurzel des Hasses</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Мисисипи в пламъци</t>
+  </si>
+  <si>
     <t>BR</t>
   </si>
   <si>
     <t>Mississippi em Chamas</t>
-  </si>
-[...49 lines deleted...]
-    <t>Мисисипи в пламъци</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Le Mississippi brûle</t>
   </si>
   <si>
     <t>Crema Mississippi</t>
   </si>
   <si>
     <t>Arde Mississippi</t>
   </si>
   <si>
     <t>FI,SE</t>
   </si>
   <si>
     <t>Mississippi brinner</t>
   </si>
   <si>
     <t>Mississippi palaa</t>
   </si>
   <si>
     <t>O Mississipis kaigetai</t>
   </si>
@@ -1075,59 +1075,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B39"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="20.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="39.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>42</v>
       </c>
       <c r="B2" t="s">
-        <v>43</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B3" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>45</v>
       </c>
       <c r="B4" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>47</v>
       </c>
       <c r="B5" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>49</v>
       </c>
       <c r="B6" t="s">
         <v>50</v>
       </c>
@@ -1192,51 +1192,51 @@
       <c r="A14" t="s">
         <v>33</v>
       </c>
       <c r="B14" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>65</v>
       </c>
       <c r="B15" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B17" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>69</v>
       </c>
       <c r="B18" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>71</v>
       </c>
       <c r="B19" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>73</v>
       </c>
@@ -1304,107 +1304,107 @@
       <c r="A28" t="s">
         <v>87</v>
       </c>
       <c r="B28" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>89</v>
       </c>
       <c r="B29" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>89</v>
       </c>
       <c r="B30" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B31" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
         <v>93</v>
       </c>
       <c r="B32" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B33" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
         <v>6</v>
       </c>
       <c r="B34" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
         <v>6</v>
       </c>
       <c r="B35" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B36" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
         <v>99</v>
       </c>
       <c r="B37" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B38" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="39" spans="1:2">
       <c r="A39" t="s">
         <v>102</v>
       </c>
       <c r="B39" t="s">
         <v>103</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">