--- v0 (2025-12-25)
+++ v1 (2026-02-09)
@@ -97,54 +97,54 @@
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2008</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Intercomfilm</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>DE,FI,GB,US</t>
+  </si>
+  <si>
     <t>Nu Am Chef de Nimic!</t>
-  </si>
-[...1 lines deleted...]
-    <t>DE,FI,GB,US</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Nur die Liebe hilft</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Givré!</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Безчувствен</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Figé</t>
   </si>
@@ -744,60 +744,60 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>27</v>
+      </c>
       <c r="B2" t="s">
-        <v>27</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
-      <c r="A3" t="s">
+      <c r="B3" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>29</v>
       </c>
       <c r="B4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>31</v>
       </c>
       <c r="B5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>33</v>
       </c>
       <c r="B6" t="s">
         <v>34</v>
       </c>