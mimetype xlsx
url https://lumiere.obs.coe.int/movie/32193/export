--- v0 (2025-12-04)
+++ v1 (2026-01-14)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Metadata" sheetId="1" r:id="rId1"/>
     <sheet name="Admissions" sheetId="2" r:id="rId2"/>
     <sheet name="Titles" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="175" uniqueCount="133">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="176" uniqueCount="132">
   <si>
     <t>Original title</t>
   </si>
   <si>
     <t>The Hangover</t>
   </si>
   <si>
     <t>Director(s)</t>
   </si>
   <si>
     <t>Todd Phillips</t>
   </si>
   <si>
     <t>Production year</t>
   </si>
   <si>
     <t>Producing or Co-producing countries</t>
   </si>
   <si>
     <t>US, DE</t>
   </si>
   <si>
     <t>IMDb link</t>
   </si>
   <si>
@@ -67,56 +67,50 @@
   <si>
     <t>ISAN link</t>
   </si>
   <si>
     <t>https://web.isan.org/public/en/isan/0000-0002-2692-0000-P-0000-0000-0</t>
   </si>
   <si>
     <t>EIDR link</t>
   </si>
   <si>
     <t>https://ui.eidr.org/view/content?id=10.5240/5A9F-E002-63C3-8BC9-1FE7-8</t>
   </si>
   <si>
     <t>CNC (FR) link</t>
   </si>
   <si>
     <t>https://www.cnc.fr/professionnels/visas-et-classification/123506</t>
   </si>
   <si>
     <t>Wikidata link</t>
   </si>
   <si>
     <t>https://www.wikidata.org/wiki/Q219315</t>
   </si>
   <si>
-    <t>JustWatch link</t>
-[...4 lines deleted...]
-  <si>
     <t>Market</t>
   </si>
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2009</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>2013</t>
@@ -262,119 +256,143 @@
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
     <t>AU,CA,GB,GR,NL,SG,US</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Mamurluk u Vegasu</t>
   </si>
   <si>
     <t>Pagiras</t>
   </si>
   <si>
     <t>Parba ve Vegas</t>
   </si>
   <si>
+    <t>Que paso ayer?</t>
+  </si>
+  <si>
+    <t>Resacon En Las Vegas</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Похмiлля у Вегасi</t>
+  </si>
+  <si>
+    <t>BE,FR</t>
+  </si>
+  <si>
+    <t>Very Bad Trip</t>
+  </si>
+  <si>
+    <t>Последният ергенски запой</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Lendemain de veille</t>
+  </si>
+  <si>
+    <t>Ressaca a Las Vegas</t>
+  </si>
+  <si>
+    <t>Felekten Bir Gece</t>
+  </si>
+  <si>
+    <t>RU</t>
+  </si>
+  <si>
+    <t>Мальчишник в Вегасе</t>
+  </si>
+  <si>
+    <t>Похмілля у Вегасі</t>
+  </si>
+  <si>
+    <t>HK</t>
+  </si>
+  <si>
+    <t>醉爆伴郎團</t>
+  </si>
+  <si>
+    <t>CN</t>
+  </si>
+  <si>
+    <t>宿醉</t>
+  </si>
+  <si>
     <t>Prekrokana Noč</t>
   </si>
   <si>
-    <t>Que paso ayer?</t>
-[...4 lines deleted...]
-  <si>
     <t>Vo štvorici po opici</t>
   </si>
   <si>
-    <t>UA</t>
-[...4 lines deleted...]
-  <si>
     <t>AR,MX,VE</t>
   </si>
   <si>
     <t>¿Qué pasó ayer?</t>
   </si>
   <si>
-    <t>BE,FR</t>
-[...7 lines deleted...]
-  <si>
     <t>BR</t>
   </si>
   <si>
     <t>Se Beber, Não Case!</t>
   </si>
   <si>
-    <t>CA</t>
-[...4 lines deleted...]
-  <si>
     <t>CO</t>
   </si>
   <si>
     <t>Qué pasó Ayer</t>
   </si>
   <si>
     <t>Pařba ve Vegas</t>
   </si>
   <si>
     <t>DE,NO</t>
   </si>
   <si>
     <t>Hangover</t>
   </si>
   <si>
     <t>Tømmermænd i Vegas</t>
   </si>
   <si>
     <t>Pohmakas</t>
   </si>
   <si>
-    <t>Ressaca a Las Vegas</t>
-[...1 lines deleted...]
-  <si>
     <t>Resacón en Las Vegas</t>
   </si>
   <si>
     <t>Kauhea kankkunen</t>
   </si>
   <si>
     <t>Mamurluk</t>
   </si>
   <si>
     <t>Másnaposok</t>
   </si>
   <si>
     <t>Una notte da leoni</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Hangover! Kieta Hanamuko to Shijô Saiaku no Futsukayoi</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>행오버</t>
@@ -382,81 +400,60 @@
   <si>
     <t>Pagirios Las Vegase</t>
   </si>
   <si>
     <t>Paģiras</t>
   </si>
   <si>
     <t>Kac Vegas</t>
   </si>
   <si>
     <t>A Ressaca</t>
   </si>
   <si>
     <t>Marea mahmureala</t>
   </si>
   <si>
     <t>Мамурлук у Вегасу</t>
   </si>
   <si>
     <t>Baksmällan</t>
   </si>
   <si>
     <t>Vo stvorici po opici</t>
   </si>
   <si>
-    <t>Felekten Bir Gece</t>
-[...22 lines deleted...]
-  <si>
     <t>ハングオーバー！ 消えた花ムコと史上最悪の二日酔い</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Το χανγκόβερ</t>
+  </si>
+  <si>
+    <t>The Hangover (Extended Version)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -773,56 +770,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.imdb.com/title/tt1119646/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.isan.org/public/en/isan/0000-0002-2692-0000-P-0000-0000-0" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ui.eidr.org/view/content?id=10.5240/5A9F-E002-63C3-8BC9-1FE7-8" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnc.fr/professionnels/visas-et-classification/123506" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q219315" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.justwatch.com/de/Film/Hangover" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.imdb.com/title/tt1119646/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.isan.org/public/en/isan/0000-0002-2692-0000-P-0000-0000-0" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ui.eidr.org/view/content?id=10.5240/5A9F-E002-63C3-8BC9-1FE7-8" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnc.fr/professionnels/visas-et-classification/123506" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q219315" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:B10"/>
+  <dimension ref="A1:B9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="33.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="66.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B2" t="s">
         <v>3</v>
       </c>
     </row>
@@ -860,1120 +857,1111 @@
     </row>
     <row r="7" spans="1:2">
       <c r="A7" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="10" spans="1:2">
-[...6 lines deleted...]
-    </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B5" r:id="rId1"/>
     <hyperlink ref="B6" r:id="rId2"/>
     <hyperlink ref="B7" r:id="rId3"/>
     <hyperlink ref="B8" r:id="rId4"/>
     <hyperlink ref="B9" r:id="rId5"/>
-    <hyperlink ref="B10" r:id="rId6"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:R31"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="10.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="27.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="9" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="5" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="6" bestFit="1" customWidth="1"/>
     <col min="8" max="18" width="5" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18">
       <c r="A1" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C1" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="D1" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="E1" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="F1" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="G1" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="H1" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="I1" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="J1" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="K1" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="J1" s="1" t="s">
+      <c r="L1" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="K1" s="1" t="s">
+      <c r="M1" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="L1" s="1" t="s">
+      <c r="N1" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="M1" s="1" t="s">
+      <c r="O1" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="N1" s="1" t="s">
+      <c r="P1" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="O1" s="1" t="s">
+      <c r="Q1" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="P1" s="1" t="s">
+      <c r="R1" s="1" t="s">
         <v>34</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="2" spans="1:18">
       <c r="A2" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B2" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C2">
         <v>40017</v>
       </c>
       <c r="D2" s="3">
         <v>441699</v>
       </c>
       <c r="E2" s="3">
         <v>441699</v>
       </c>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
       <c r="J2" s="3"/>
       <c r="K2" s="3"/>
       <c r="L2" s="3"/>
       <c r="M2" s="3"/>
       <c r="N2" s="3"/>
       <c r="O2" s="3"/>
       <c r="P2" s="3"/>
       <c r="Q2" s="3"/>
       <c r="R2" s="3"/>
     </row>
     <row r="3" spans="1:18">
       <c r="A3" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D3" s="3">
         <v>21734</v>
       </c>
       <c r="E3" s="3">
         <v>21734</v>
       </c>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
     </row>
     <row r="4" spans="1:18">
       <c r="A4" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C4">
         <v>39983</v>
       </c>
       <c r="D4" s="3">
         <v>336041</v>
       </c>
       <c r="E4" s="3">
         <v>335679</v>
       </c>
       <c r="F4" s="3">
         <v>137</v>
       </c>
       <c r="G4" s="3">
         <v>97</v>
       </c>
       <c r="H4" s="3"/>
       <c r="I4" s="3">
         <v>128</v>
       </c>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
       <c r="L4" s="3"/>
       <c r="M4" s="3"/>
       <c r="N4" s="3"/>
       <c r="O4" s="3"/>
       <c r="P4" s="3"/>
       <c r="Q4" s="3"/>
       <c r="R4" s="3"/>
     </row>
     <row r="5" spans="1:18">
       <c r="A5" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B5" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C5">
         <v>39982</v>
       </c>
       <c r="D5" s="3">
         <v>62895</v>
       </c>
       <c r="E5" s="3">
         <v>62833</v>
       </c>
       <c r="F5" s="3">
         <v>50</v>
       </c>
       <c r="G5" s="3">
         <v>2</v>
       </c>
       <c r="H5" s="3">
         <v>10</v>
       </c>
       <c r="I5" s="3"/>
       <c r="J5" s="3"/>
       <c r="K5" s="3"/>
       <c r="L5" s="3"/>
       <c r="M5" s="3"/>
       <c r="N5" s="3"/>
       <c r="O5" s="3"/>
       <c r="P5" s="3"/>
       <c r="Q5" s="3"/>
       <c r="R5" s="3"/>
     </row>
     <row r="6" spans="1:18">
       <c r="A6" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B6" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C6">
         <v>40017</v>
       </c>
       <c r="D6" s="3">
         <v>2195704</v>
       </c>
       <c r="E6" s="3">
         <v>2136313</v>
       </c>
       <c r="F6" s="3">
         <v>4619</v>
       </c>
       <c r="G6" s="3">
         <v>54772</v>
       </c>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="J6" s="3"/>
       <c r="K6" s="3"/>
       <c r="L6" s="3"/>
       <c r="M6" s="3"/>
       <c r="N6" s="3"/>
       <c r="O6" s="3"/>
       <c r="P6" s="3"/>
       <c r="Q6" s="3"/>
       <c r="R6" s="3"/>
     </row>
     <row r="7" spans="1:18">
       <c r="A7" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B7" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C7">
         <v>40025</v>
       </c>
       <c r="D7" s="3">
         <v>179671</v>
       </c>
       <c r="E7" s="3">
         <v>179539</v>
       </c>
       <c r="F7" s="3">
         <v>132</v>
       </c>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
       <c r="Q7" s="3"/>
       <c r="R7" s="3"/>
     </row>
     <row r="8" spans="1:18">
       <c r="A8" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B8" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C8">
         <v>39983</v>
       </c>
       <c r="D8" s="3">
         <v>34330</v>
       </c>
       <c r="E8" s="3">
         <v>34206</v>
       </c>
       <c r="F8" s="3">
         <v>124</v>
       </c>
       <c r="G8" s="3"/>
       <c r="H8" s="3"/>
       <c r="I8" s="3"/>
       <c r="J8" s="3"/>
       <c r="K8" s="3"/>
       <c r="L8" s="3"/>
       <c r="M8" s="3"/>
       <c r="N8" s="3"/>
       <c r="O8" s="3"/>
       <c r="P8" s="3"/>
       <c r="Q8" s="3"/>
       <c r="R8" s="3"/>
     </row>
     <row r="9" spans="1:18">
       <c r="A9" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B9" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C9">
         <v>40036</v>
       </c>
       <c r="D9" s="3">
         <v>1039521</v>
       </c>
       <c r="E9" s="3">
         <v>1038716</v>
       </c>
       <c r="F9" s="3">
         <v>414</v>
       </c>
       <c r="G9" s="3">
         <v>54</v>
       </c>
       <c r="H9" s="3"/>
       <c r="I9" s="3">
         <v>131</v>
       </c>
       <c r="J9" s="3">
         <v>140</v>
       </c>
       <c r="K9" s="3"/>
       <c r="L9" s="3"/>
       <c r="M9" s="3"/>
       <c r="N9" s="3"/>
       <c r="O9" s="3">
         <v>18</v>
       </c>
       <c r="P9" s="3"/>
       <c r="Q9" s="3">
         <v>30</v>
       </c>
       <c r="R9" s="3">
         <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:18">
       <c r="A10" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B10" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C10">
         <v>39988</v>
       </c>
       <c r="D10" s="3">
         <v>111495</v>
       </c>
       <c r="E10" s="3">
         <v>111252</v>
       </c>
       <c r="F10" s="3">
         <v>243</v>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" s="3"/>
       <c r="I10" s="3"/>
       <c r="J10" s="3"/>
       <c r="K10" s="3"/>
       <c r="L10" s="3"/>
       <c r="M10" s="3"/>
       <c r="N10" s="3"/>
       <c r="O10" s="3"/>
       <c r="P10" s="3"/>
       <c r="Q10" s="3"/>
       <c r="R10" s="3"/>
     </row>
     <row r="11" spans="1:18">
       <c r="A11" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B11" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C11">
         <v>39988</v>
       </c>
       <c r="D11" s="3">
         <v>2005977</v>
       </c>
       <c r="E11" s="3">
         <v>2003760</v>
       </c>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
       <c r="M11" s="3">
         <v>539</v>
       </c>
       <c r="N11" s="3">
         <v>438</v>
       </c>
       <c r="O11" s="3"/>
       <c r="P11" s="3"/>
       <c r="Q11" s="3">
         <v>815</v>
       </c>
       <c r="R11" s="3">
         <v>425</v>
       </c>
     </row>
     <row r="12" spans="1:18">
       <c r="A12" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="B12" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C12">
         <v>39976</v>
       </c>
       <c r="D12" s="3">
         <v>242</v>
       </c>
       <c r="E12" s="3"/>
       <c r="F12" s="3"/>
       <c r="G12" s="3"/>
       <c r="H12" s="3"/>
       <c r="I12" s="3"/>
       <c r="J12" s="3"/>
       <c r="K12" s="3">
         <v>143</v>
       </c>
       <c r="L12" s="3"/>
       <c r="M12" s="3"/>
       <c r="N12" s="3">
         <v>69</v>
       </c>
       <c r="O12" s="3"/>
       <c r="P12" s="3">
         <v>20</v>
       </c>
       <c r="Q12" s="3">
         <v>10</v>
       </c>
       <c r="R12" s="3"/>
     </row>
     <row r="13" spans="1:18">
       <c r="A13" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B13" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="C13">
         <v>39976</v>
       </c>
       <c r="D13" s="3">
         <v>4066386</v>
       </c>
       <c r="E13" s="3">
         <v>4066372</v>
       </c>
       <c r="F13" s="3"/>
       <c r="G13" s="3"/>
       <c r="H13" s="3"/>
       <c r="I13" s="3"/>
       <c r="J13" s="3">
         <v>14</v>
       </c>
       <c r="K13" s="3"/>
       <c r="L13" s="3"/>
       <c r="M13" s="3"/>
       <c r="N13" s="3"/>
       <c r="O13" s="3"/>
       <c r="P13" s="3"/>
       <c r="Q13" s="3"/>
       <c r="R13" s="3"/>
     </row>
     <row r="14" spans="1:18">
       <c r="A14" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B14" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="C14">
         <v>39975</v>
       </c>
       <c r="D14" s="3">
         <v>90497</v>
       </c>
       <c r="E14" s="3">
         <v>90497</v>
       </c>
       <c r="F14" s="3"/>
       <c r="G14" s="3"/>
       <c r="H14" s="3"/>
       <c r="I14" s="3"/>
       <c r="J14" s="3"/>
       <c r="K14" s="3"/>
       <c r="L14" s="3"/>
       <c r="M14" s="3"/>
       <c r="N14" s="3"/>
       <c r="O14" s="3"/>
       <c r="P14" s="3"/>
       <c r="Q14" s="3"/>
       <c r="R14" s="3"/>
     </row>
     <row r="15" spans="1:18">
       <c r="A15" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B15" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="C15">
         <v>39981</v>
       </c>
       <c r="D15" s="3">
         <v>318719</v>
       </c>
       <c r="E15" s="3">
         <v>318719</v>
       </c>
       <c r="F15" s="3"/>
       <c r="G15" s="3"/>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
       <c r="J15" s="3"/>
       <c r="K15" s="3"/>
       <c r="L15" s="3"/>
       <c r="M15" s="3"/>
       <c r="N15" s="3"/>
       <c r="O15" s="3"/>
       <c r="P15" s="3"/>
       <c r="Q15" s="3"/>
       <c r="R15" s="3"/>
     </row>
     <row r="16" spans="1:18">
       <c r="A16" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B16" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C16">
         <v>39976</v>
       </c>
       <c r="D16" s="3">
         <v>13</v>
       </c>
       <c r="E16" s="3"/>
       <c r="F16" s="3"/>
       <c r="G16" s="3"/>
       <c r="H16" s="3"/>
       <c r="I16" s="3"/>
       <c r="J16" s="3"/>
       <c r="K16" s="3"/>
       <c r="L16" s="3"/>
       <c r="M16" s="3">
         <v>10</v>
       </c>
       <c r="N16" s="3">
         <v>3</v>
       </c>
       <c r="O16" s="3"/>
       <c r="P16" s="3"/>
       <c r="Q16" s="3"/>
       <c r="R16" s="3"/>
     </row>
     <row r="17" spans="1:18">
       <c r="A17" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B17" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="C17">
         <v>39976</v>
       </c>
       <c r="D17" s="3">
         <v>517</v>
       </c>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3">
         <v>517</v>
       </c>
       <c r="O17" s="3"/>
       <c r="P17" s="3"/>
       <c r="Q17" s="3"/>
       <c r="R17" s="3"/>
     </row>
     <row r="18" spans="1:18">
       <c r="A18" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B18" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C18">
         <v>39983</v>
       </c>
       <c r="D18" s="3">
         <v>663377</v>
       </c>
       <c r="E18" s="3">
         <v>662615</v>
       </c>
       <c r="F18" s="3">
         <v>638</v>
       </c>
       <c r="G18" s="3">
         <v>124</v>
       </c>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
       <c r="P18" s="3"/>
       <c r="Q18" s="3"/>
       <c r="R18" s="3"/>
     </row>
     <row r="19" spans="1:18">
       <c r="A19" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="D19" s="3">
         <v>55833</v>
       </c>
       <c r="E19" s="3">
         <v>55833</v>
       </c>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
       <c r="N19" s="3"/>
       <c r="O19" s="3"/>
       <c r="P19" s="3"/>
       <c r="Q19" s="3"/>
       <c r="R19" s="3"/>
     </row>
     <row r="20" spans="1:18">
       <c r="A20" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B20" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C20">
         <v>39976</v>
       </c>
       <c r="D20" s="3">
         <v>36836</v>
       </c>
       <c r="E20" s="3">
         <v>36426</v>
       </c>
       <c r="F20" s="3">
         <v>123</v>
       </c>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
       <c r="N20" s="3"/>
       <c r="O20" s="3"/>
       <c r="P20" s="3"/>
       <c r="Q20" s="3">
         <v>287</v>
       </c>
       <c r="R20" s="3"/>
     </row>
     <row r="21" spans="1:18">
       <c r="A21" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B21" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C21">
         <v>39975</v>
       </c>
       <c r="D21" s="3">
         <v>493080</v>
       </c>
       <c r="E21" s="3">
         <v>488665</v>
       </c>
       <c r="F21" s="3">
         <v>263</v>
       </c>
       <c r="G21" s="3">
         <v>929</v>
       </c>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
       <c r="N21" s="3">
         <v>1539</v>
       </c>
       <c r="O21" s="3"/>
       <c r="P21" s="3">
         <v>1684</v>
       </c>
       <c r="Q21" s="3"/>
       <c r="R21" s="3"/>
     </row>
     <row r="22" spans="1:18">
       <c r="A22" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B22" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C22">
         <v>39983</v>
       </c>
       <c r="D22" s="3">
         <v>274635</v>
       </c>
       <c r="E22" s="3">
         <v>274597</v>
       </c>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3">
         <v>16</v>
       </c>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
       <c r="L22" s="3"/>
       <c r="M22" s="3"/>
       <c r="N22" s="3"/>
       <c r="O22" s="3"/>
       <c r="P22" s="3"/>
       <c r="Q22" s="3">
         <v>22</v>
       </c>
       <c r="R22" s="3"/>
     </row>
     <row r="23" spans="1:18">
       <c r="A23" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B23" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C23">
         <v>40032</v>
       </c>
       <c r="D23" s="3">
         <v>535098</v>
       </c>
       <c r="E23" s="3">
         <v>534044</v>
       </c>
       <c r="F23" s="3">
         <v>1054</v>
       </c>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="J23" s="3"/>
       <c r="K23" s="3"/>
       <c r="L23" s="3"/>
       <c r="M23" s="3"/>
       <c r="N23" s="3"/>
       <c r="O23" s="3"/>
       <c r="P23" s="3"/>
       <c r="Q23" s="3"/>
       <c r="R23" s="3"/>
     </row>
     <row r="24" spans="1:18">
       <c r="A24" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="B24" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="C24">
         <v>39982</v>
       </c>
       <c r="D24" s="3">
         <v>236248</v>
       </c>
       <c r="E24" s="3">
         <v>236205</v>
       </c>
       <c r="F24" s="3">
         <v>43</v>
       </c>
       <c r="G24" s="3"/>
       <c r="H24" s="3"/>
       <c r="I24" s="3"/>
       <c r="J24" s="3"/>
       <c r="K24" s="3"/>
       <c r="L24" s="3"/>
       <c r="M24" s="3"/>
       <c r="N24" s="3"/>
       <c r="O24" s="3"/>
       <c r="P24" s="3"/>
       <c r="Q24" s="3"/>
       <c r="R24" s="3"/>
     </row>
     <row r="25" spans="1:18">
       <c r="A25" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="B25" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="C25">
         <v>39976</v>
       </c>
       <c r="D25" s="3">
         <v>107679</v>
       </c>
       <c r="E25" s="3">
         <v>107573</v>
       </c>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
       <c r="L25" s="3"/>
       <c r="M25" s="3"/>
       <c r="N25" s="3"/>
       <c r="O25" s="3">
         <v>106</v>
       </c>
       <c r="P25" s="3"/>
       <c r="Q25" s="3"/>
       <c r="R25" s="3"/>
     </row>
     <row r="26" spans="1:18">
       <c r="A26" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B26" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C26">
         <v>39974</v>
       </c>
       <c r="D26" s="3">
         <v>291179</v>
       </c>
       <c r="E26" s="3">
         <v>291131</v>
       </c>
       <c r="F26" s="3">
         <v>3</v>
       </c>
       <c r="G26" s="3">
         <v>45</v>
       </c>
       <c r="H26" s="3"/>
       <c r="I26" s="3"/>
       <c r="J26" s="3"/>
       <c r="K26" s="3"/>
       <c r="L26" s="3"/>
       <c r="M26" s="3"/>
       <c r="N26" s="3"/>
       <c r="O26" s="3"/>
       <c r="P26" s="3"/>
       <c r="Q26" s="3"/>
       <c r="R26" s="3"/>
     </row>
     <row r="27" spans="1:18">
       <c r="A27" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="B27" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="C27">
         <v>39975</v>
       </c>
       <c r="D27" s="3">
         <v>62331</v>
       </c>
       <c r="E27" s="3">
         <v>61990</v>
       </c>
       <c r="F27" s="3">
         <v>341</v>
       </c>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
       <c r="L27" s="3"/>
       <c r="M27" s="3"/>
       <c r="N27" s="3"/>
       <c r="O27" s="3"/>
       <c r="P27" s="3"/>
       <c r="Q27" s="3"/>
       <c r="R27" s="3"/>
     </row>
     <row r="28" spans="1:18">
       <c r="A28" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="B28" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C28">
         <v>39975</v>
       </c>
       <c r="D28" s="3">
         <v>71320</v>
       </c>
       <c r="E28" s="3">
         <v>70896</v>
       </c>
       <c r="F28" s="3">
         <v>268</v>
       </c>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
       <c r="L28" s="3">
         <v>20</v>
       </c>
       <c r="M28" s="3"/>
       <c r="N28" s="3"/>
       <c r="O28" s="3"/>
       <c r="P28" s="3">
         <v>80</v>
       </c>
       <c r="Q28" s="3">
         <v>56</v>
       </c>
       <c r="R28" s="3"/>
     </row>
     <row r="29" spans="1:18">
       <c r="A29" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B29" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C29">
         <v>40004</v>
       </c>
       <c r="D29" s="3">
         <v>93628</v>
       </c>
       <c r="E29" s="3">
         <v>93628</v>
       </c>
       <c r="F29" s="3"/>
       <c r="G29" s="3"/>
       <c r="H29" s="3"/>
       <c r="I29" s="3"/>
       <c r="J29" s="3"/>
       <c r="K29" s="3"/>
       <c r="L29" s="3"/>
       <c r="M29" s="3"/>
       <c r="N29" s="3"/>
       <c r="O29" s="3"/>
       <c r="P29" s="3"/>
       <c r="Q29" s="3"/>
       <c r="R29" s="3"/>
     </row>
     <row r="30" spans="1:18">
       <c r="A30" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="D30" s="3">
         <v>13121864</v>
       </c>
       <c r="E30" s="3">
         <v>13051018</v>
       </c>
       <c r="F30" s="3">
         <v>8315</v>
       </c>
       <c r="G30" s="3">
         <v>55926</v>
       </c>
       <c r="H30" s="3">
         <v>10</v>
       </c>
       <c r="I30" s="3">
         <v>131</v>
       </c>
       <c r="J30" s="3">
         <v>154</v>
       </c>
       <c r="K30" s="3">
         <v>143</v>
       </c>
       <c r="L30" s="3">
         <v>20</v>
       </c>
       <c r="M30" s="3">
         <v>549</v>
       </c>
       <c r="N30" s="3">
         <v>2049</v>
       </c>
       <c r="O30" s="3">
         <v>124</v>
       </c>
       <c r="P30" s="3">
         <v>1784</v>
       </c>
       <c r="Q30" s="3">
         <v>1198</v>
       </c>
       <c r="R30" s="3">
         <v>443</v>
       </c>
     </row>
     <row r="31" spans="1:18">
       <c r="A31" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="D31" s="3">
         <v>13826685</v>
       </c>
       <c r="E31" s="3">
         <v>13754922</v>
       </c>
       <c r="F31" s="3">
         <v>8452</v>
       </c>
       <c r="G31" s="3">
         <v>56023</v>
       </c>
       <c r="H31" s="3">
         <v>10</v>
       </c>
       <c r="I31" s="3">
         <v>275</v>
       </c>
       <c r="J31" s="3">
         <v>154</v>
       </c>
       <c r="K31" s="3">
         <v>143</v>
       </c>
@@ -1984,390 +1972,401 @@
         <v>549</v>
       </c>
       <c r="N31" s="3">
         <v>2566</v>
       </c>
       <c r="O31" s="3">
         <v>124</v>
       </c>
       <c r="P31" s="3">
         <v>1784</v>
       </c>
       <c r="Q31" s="3">
         <v>1220</v>
       </c>
       <c r="R31" s="3">
         <v>443</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:B43"/>
+  <dimension ref="A1:B44"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="21.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="51" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="B3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B4" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B5" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="B6" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2">
+      <c r="A8" t="s">
+        <v>82</v>
+      </c>
+      <c r="B8" t="s">
         <v>83</v>
       </c>
     </row>
-    <row r="8" spans="1:2">
-      <c r="B8" t="s">
+    <row r="9" spans="1:2">
+      <c r="A9" t="s">
         <v>84</v>
       </c>
-    </row>
-    <row r="9" spans="1:2">
       <c r="B9" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>37</v>
+      </c>
+      <c r="B10" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
+        <v>87</v>
+      </c>
+      <c r="B11" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>90</v>
+        <v>45</v>
       </c>
       <c r="B12" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="B13" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="B14" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="B15" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="B16" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>41</v>
+        <v>96</v>
       </c>
       <c r="B17" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>100</v>
+        <v>69</v>
       </c>
       <c r="B18" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>43</v>
+        <v>70</v>
       </c>
       <c r="B19" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>45</v>
+        <v>100</v>
       </c>
       <c r="B20" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>47</v>
+        <v>102</v>
       </c>
       <c r="B21" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>47</v>
+        <v>104</v>
       </c>
       <c r="B22" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="B23" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>53</v>
+        <v>107</v>
       </c>
       <c r="B24" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>55</v>
+        <v>41</v>
       </c>
       <c r="B25" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>60</v>
+        <v>43</v>
       </c>
       <c r="B26" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
-        <v>110</v>
+        <v>45</v>
       </c>
       <c r="B27" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
+        <v>46</v>
+      </c>
+      <c r="B28" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="B29" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="B30" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="B31" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
-        <v>67</v>
+        <v>116</v>
       </c>
       <c r="B32" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
-        <v>69</v>
+        <v>118</v>
       </c>
       <c r="B33" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
-        <v>78</v>
+        <v>59</v>
       </c>
       <c r="B34" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="B35" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
       <c r="B36" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="B37" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
-        <v>123</v>
+        <v>67</v>
       </c>
       <c r="B38" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="39" spans="1:2">
       <c r="A39" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="B39" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="40" spans="1:2">
       <c r="A40" t="s">
+        <v>68</v>
+      </c>
+      <c r="B40" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="41" spans="1:2">
       <c r="A41" t="s">
-        <v>128</v>
+        <v>70</v>
       </c>
       <c r="B41" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
     </row>
     <row r="42" spans="1:2">
       <c r="A42" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="B42" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
     </row>
     <row r="43" spans="1:2">
       <c r="A43" t="s">
+        <v>129</v>
+      </c>
+      <c r="B43" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="44" spans="1:2">
+      <c r="B44" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Metadata</vt:lpstr>