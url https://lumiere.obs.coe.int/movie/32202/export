--- v0 (2025-11-19)
+++ v1 (2025-12-13)
@@ -253,84 +253,84 @@
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>United International Pictures/Universal</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Karantanija Cinemas</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Fast &amp; Furious - Neues Modell. Originalteile.</t>
+  </si>
+  <si>
     <t>A todo gas 4</t>
   </si>
   <si>
     <t>Ātrs un bez žēlastības</t>
   </si>
   <si>
     <t>Brzi i žestoki 4</t>
   </si>
   <si>
     <t>Fast and Furious</t>
   </si>
   <si>
     <t>Fast and Furious 4</t>
   </si>
   <si>
     <t>Fast and furious: Aún más rápido</t>
   </si>
   <si>
     <t>Fast &amp; Furious</t>
   </si>
   <si>
     <t>Fast &amp; Furious: Aún más rápido</t>
   </si>
   <si>
     <t>Fast &amp; Furious: Aún más rápido (A todo gas 4)</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Fast &amp; Furious: Mahites ton dromon 4</t>
-  </si>
-[...1 lines deleted...]
-    <t>Fast &amp; Furious - Neues Modell. Originalteile.</t>
   </si>
   <si>
     <t>Fast &amp; Furious - Solo parti originali</t>
   </si>
   <si>
     <t>Furios si iute 4 - Piese originale</t>
   </si>
   <si>
     <t>Furios Si Iute: Piese Originale</t>
   </si>
   <si>
     <t>Greiti ir Isiute 4</t>
   </si>
   <si>
     <t>Halálos iram</t>
   </si>
   <si>
     <t>Hizli ve Öfkeli 4</t>
   </si>
   <si>
     <t>Hurjapäät 4</t>
   </si>
   <si>
     <t>Kiired ja vihased - Uus mudel</t>
   </si>
@@ -1971,125 +1971,125 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B44"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="40.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="B2" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="B3" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:2">
-      <c r="A3" t="s">
+    <row r="4" spans="1:2">
+      <c r="A4" t="s">
         <v>51</v>
       </c>
-      <c r="B3" t="s">
-[...3 lines deleted...]
-    <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="5" spans="1:2">
-      <c r="A5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B5" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="6" spans="1:2">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
       <c r="B6" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="7" spans="1:2">
-      <c r="A7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B7" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="8" spans="1:2">
+      <c r="A8" t="s">
+        <v>54</v>
+      </c>
       <c r="B8" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="9" spans="1:2">
-      <c r="A9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B9" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>51</v>
+        <v>6</v>
       </c>
       <c r="B10" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>51</v>
       </c>
       <c r="B11" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
+        <v>51</v>
+      </c>
+      <c r="B12" t="s">
         <v>88</v>
       </c>
-      <c r="B12" t="s">
+    </row>
+    <row r="13" spans="1:2">
+      <c r="A13" t="s">
         <v>89</v>
       </c>
-    </row>
-    <row r="13" spans="1:2">
       <c r="B13" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>61</v>
       </c>
       <c r="B14" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>69</v>
       </c>
       <c r="B15" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="B16" t="s">
         <v>93</v>
       </c>
     </row>
@@ -2255,51 +2255,51 @@
       <c r="A39" t="s">
         <v>67</v>
       </c>
       <c r="B39" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="40" spans="1:2">
       <c r="A40" t="s">
         <v>125</v>
       </c>
       <c r="B40" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="41" spans="1:2">
       <c r="A41" t="s">
         <v>127</v>
       </c>
       <c r="B41" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="42" spans="1:2">
       <c r="A42" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B42" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="43" spans="1:2">
       <c r="A43" t="s">
         <v>41</v>
       </c>
       <c r="B43" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="44" spans="1:2">
       <c r="A44" t="s">
         <v>131</v>
       </c>
       <c r="B44" t="s">
         <v>132</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>