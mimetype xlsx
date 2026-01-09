--- v0 (2025-11-21)
+++ v1 (2026-01-09)
@@ -247,54 +247,54 @@
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Palace Pictures</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Medyavizyon</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,CZ,DE,ES,FR,GB,HU,IT,KR,NL,RO,SE,SG,US</t>
+  </si>
+  <si>
     <t>9. Rajons</t>
-  </si>
-[...1 lines deleted...]
-    <t>AU,CA,CZ,DE,ES,FR,GB,HU,IT,KR,NL,RO,SE,SG,US</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>District 9 - Apagorevmeni periohi</t>
   </si>
   <si>
     <t>Okrožje 9</t>
   </si>
   <si>
     <t>Okrug 9</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Район 9</t>
   </si>
   <si>
     <t>9. rajoon</t>
   </si>
   <si>
     <t>BR,ES,PT</t>
   </si>
@@ -1849,60 +1849,60 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B27"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="42.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="31.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>77</v>
+      </c>
       <c r="B2" t="s">
-        <v>77</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
-      <c r="A3" t="s">
+      <c r="B3" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>79</v>
       </c>
       <c r="B4" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="B6" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>83</v>
       </c>
       <c r="B7" t="s">