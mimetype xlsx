--- v0 (2025-11-23)
+++ v1 (2026-01-23)
@@ -247,66 +247,66 @@
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>CLMC Multimedia</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Nonstop Entertainment</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Tiglon</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Moon - O Outro Lado Da Rua</t>
+  </si>
+  <si>
     <t>AU,CA,CZ,DE,ES,GB,HK,IT,KR,NL,PL,SE,SG,US</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Menulis</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Mesec</t>
-  </si>
-[...1 lines deleted...]
-    <t>Moon - O Outro Lado Da Rua</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Мiсяць 2112</t>
   </si>
   <si>
     <t>EE,FI</t>
   </si>
   <si>
     <t>Kuu</t>
   </si>
   <si>
     <t>Měsíc</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>En la luna</t>
   </si>
   <si>
     <t>AR,SI</t>
   </si>
@@ -1828,74 +1828,74 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B27"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="39.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="33.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
-      <c r="A2" t="s">
+      <c r="B2" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>78</v>
       </c>
       <c r="B3" t="s">
-        <v>79</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>79</v>
+      </c>
+      <c r="B4" t="s">
         <v>80</v>
       </c>
-      <c r="B4" t="s">
+    </row>
+    <row r="5" spans="1:2">
+      <c r="A5" t="s">
         <v>81</v>
       </c>
-    </row>
-    <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>83</v>
       </c>
       <c r="B6" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>85</v>
       </c>
       <c r="B7" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>42</v>
       </c>
       <c r="B8" t="s">
@@ -1962,75 +1962,75 @@
       <c r="A16" t="s">
         <v>54</v>
       </c>
       <c r="B16" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>56</v>
       </c>
       <c r="B17" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>102</v>
       </c>
       <c r="B18" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B19" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>105</v>
       </c>
       <c r="B20" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>69</v>
       </c>
       <c r="B21" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B22" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>109</v>
       </c>
       <c r="B23" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>73</v>
       </c>
       <c r="B24" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>83</v>
       </c>