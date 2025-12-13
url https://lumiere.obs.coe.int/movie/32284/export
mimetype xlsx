--- v0 (2025-11-21)
+++ v1 (2025-12-13)
@@ -250,90 +250,90 @@
   <si>
     <t>BestFilm</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Prisvideo Edicoes</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Tiglon</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Švytinti žvaigždė</t>
+  </si>
+  <si>
     <t>AU,CA,DE,ES,FR,GB,GR,IT,NL,US</t>
   </si>
   <si>
     <t>Bright Star - Meine Liebe. Ewig</t>
   </si>
   <si>
     <t>Jasniejsza od gwiazd</t>
   </si>
   <si>
     <t>Parlak yildiz</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Brilho de uma paixão</t>
   </si>
   <si>
     <t>O Brilho de uma Paixão</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Mon amour</t>
   </si>
   <si>
     <t>Bright Star: Meine Liebe. Ewig.</t>
   </si>
   <si>
     <t>Särav täht</t>
   </si>
   <si>
     <t>Yön kirkas tähti</t>
   </si>
   <si>
     <t>Fényes csillag</t>
-  </si>
-[...1 lines deleted...]
-    <t>Švytinti žvaigždė</t>
   </si>
   <si>
     <t>Spožā zvaigzne</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>El amor de mi vida</t>
   </si>
   <si>
     <t>Jaśniejsza od gwiazd</t>
   </si>
   <si>
     <t>Bright Star - Estrela Cintilante</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Steaua Straucitoare</t>
   </si>
   <si>
     <t>Parlak yıldız</t>
   </si>
@@ -1755,136 +1755,136 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="28.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="27.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>66</v>
+      </c>
+      <c r="B2" t="s">
         <v>78</v>
       </c>
-      <c r="B2" t="s">
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>79</v>
+      </c>
+      <c r="B3" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:2">
-[...3 lines deleted...]
-    </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B4" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="B5" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
+        <v>74</v>
+      </c>
+      <c r="B6" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B7" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
+        <v>83</v>
+      </c>
+      <c r="B8" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>45</v>
+        <v>86</v>
       </c>
       <c r="B9" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="B10" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="B11" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>62</v>
+        <v>52</v>
       </c>
       <c r="B12" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="B13" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>67</v>
       </c>
       <c r="B14" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>93</v>
       </c>
       <c r="B15" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>69</v>
       </c>