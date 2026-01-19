--- v0 (2025-12-06)
+++ v1 (2026-01-19)
@@ -295,117 +295,117 @@
   <si>
     <t>Svenska Filminstitutet</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>ASFK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Özen Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>L'Antechrist</t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Antihrist</t>
+  </si>
+  <si>
+    <t>O antihristos</t>
+  </si>
+  <si>
+    <t>BG,RS,RU,UA</t>
+  </si>
+  <si>
+    <t>Антихрист</t>
+  </si>
+  <si>
+    <t>AU,CA,DE,DK,FI,FR,GB,GR,HK,IT,NL,SE,SG,US</t>
+  </si>
+  <si>
+    <t>Antéchrist</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>アンチクライスト</t>
+  </si>
+  <si>
+    <t>Deccal</t>
+  </si>
+  <si>
+    <t>AR,BR,ES,MX,PT</t>
+  </si>
+  <si>
+    <t>Anticristo</t>
+  </si>
+  <si>
+    <t>Anticristul</t>
+  </si>
+  <si>
+    <t>Antichrist - Anticristo</t>
+  </si>
+  <si>
+    <t>Antichristul</t>
+  </si>
+  <si>
+    <t>CZ,HR,SI</t>
+  </si>
+  <si>
+    <t>Antikrist</t>
+  </si>
+  <si>
     <t>EE,FI</t>
   </si>
   <si>
     <t>Antikristus</t>
   </si>
   <si>
     <t>Antichristos</t>
   </si>
   <si>
     <t>Antikrisztus</t>
-  </si>
-[...55 lines deleted...]
-    <t>Antichristul</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>안티크라이스트</t>
   </si>
   <si>
     <t>Antikristas</t>
   </si>
   <si>
     <t>Antikrists</t>
   </si>
   <si>
     <t>Antychryst</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
@@ -2057,158 +2057,158 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="39.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="19.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>93</v>
       </c>
       <c r="B2" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>62</v>
+        <v>95</v>
       </c>
       <c r="B3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="B4" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B5" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B6" t="s">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>93</v>
+      </c>
+      <c r="B7" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>62</v>
+        <v>102</v>
       </c>
       <c r="B8" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
+        <v>89</v>
+      </c>
+      <c r="B9" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>105</v>
+      </c>
+      <c r="B10" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>99</v>
+        <v>82</v>
       </c>
       <c r="B11" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="12" spans="1:2">
-      <c r="A12" t="s">
+      <c r="B12" t="s">
         <v>108</v>
       </c>
-      <c r="B12" t="s">
+    </row>
+    <row r="13" spans="1:2">
+      <c r="B13" t="s">
         <v>109</v>
-      </c>
-[...6 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
+        <v>110</v>
+      </c>
+      <c r="B14" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>82</v>
+        <v>112</v>
       </c>
       <c r="B15" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="16" spans="1:2">
+      <c r="A16" t="s">
+        <v>62</v>
+      </c>
       <c r="B16" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="17" spans="1:2">
+      <c r="A17" t="s">
+        <v>66</v>
+      </c>
       <c r="B17" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>116</v>
       </c>
       <c r="B18" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>71</v>
       </c>
       <c r="B19" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>73</v>
       </c>
       <c r="B20" t="s">