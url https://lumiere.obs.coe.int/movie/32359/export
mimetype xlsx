--- v0 (2025-11-19)
+++ v1 (2026-02-01)
@@ -181,60 +181,60 @@
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Cinematekene</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Alambique</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Novemberfilm</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Wendy og Lucy</t>
+  </si>
+  <si>
     <t>AR,CA,ES,GB,IT,MX,US</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>I Wendy kai i Lucy</t>
-  </si>
-[...1 lines deleted...]
-    <t>Wendy og Lucy</t>
   </si>
   <si>
     <t>Γουέντι και Λούσι</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Wendy e Lucy</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Wendy a Lucy</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Deep in the Woods</t>
   </si>
   <si>
     <t>Wendy et Lucy</t>
   </si>
@@ -1203,73 +1203,73 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="20.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="19" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
-      <c r="A2" t="s">
+      <c r="B2" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>56</v>
       </c>
       <c r="B3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2">
+      <c r="A4" t="s">
         <v>57</v>
       </c>
-    </row>
-    <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B5" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>60</v>
       </c>
       <c r="B6" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>62</v>
       </c>
       <c r="B7" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>64</v>
       </c>
@@ -1329,51 +1329,51 @@
       <c r="A15" t="s">
         <v>75</v>
       </c>
       <c r="B15" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>6</v>
       </c>
       <c r="B16" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>6</v>
       </c>
       <c r="B17" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B18" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>80</v>
       </c>
       <c r="B19" t="s">
         <v>81</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">