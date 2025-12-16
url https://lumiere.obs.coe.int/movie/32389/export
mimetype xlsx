--- v0 (2025-11-23)
+++ v1 (2025-12-16)
@@ -184,81 +184,81 @@
   <si>
     <t>Monolith</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Valentim de Carvalho Multimedia</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Media Pro Distributions</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Falando Grego</t>
+  </si>
+  <si>
     <t>AU,CA,US</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Moja grčka avantura</t>
   </si>
   <si>
     <t>Moja Grška Avantura</t>
   </si>
   <si>
     <t>Můj život v ruinách</t>
   </si>
   <si>
     <t>Sejur Cu Surprize</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Mi vida en Grecia</t>
   </si>
   <si>
     <t>Моята голяма гръцка свалка</t>
-  </si>
-[...4 lines deleted...]
-    <t>Falando Grego</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Les ruines de ma vie</t>
   </si>
   <si>
     <t>Muj zivot v ruinách</t>
   </si>
   <si>
     <t>DE,NL</t>
   </si>
   <si>
     <t>My Big Fat Greek Summer</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Min store græske tur</t>
   </si>
   <si>
     <t>ES,MX</t>
   </si>
@@ -1224,95 +1224,95 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B31"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="32.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>56</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>57</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B3" t="s">
-        <v>58</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
+      <c r="A4" t="s">
+        <v>59</v>
+      </c>
       <c r="B4" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="B6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="7" spans="1:2">
-      <c r="A7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B7" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>30</v>
+        <v>64</v>
       </c>
       <c r="B8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>65</v>
+        <v>30</v>
       </c>
       <c r="B9" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>67</v>
       </c>
       <c r="B10" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>31</v>
       </c>
       <c r="B11" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>70</v>
       </c>
@@ -1404,51 +1404,51 @@
       <c r="A23" t="s">
         <v>88</v>
       </c>
       <c r="B23" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>47</v>
       </c>
       <c r="B24" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>49</v>
       </c>
       <c r="B25" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B26" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>93</v>
       </c>
       <c r="B27" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>53</v>
       </c>
       <c r="B28" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>96</v>
       </c>