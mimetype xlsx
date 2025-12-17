--- v0 (2025-11-17)
+++ v1 (2025-12-17)
@@ -208,65 +208,71 @@
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Continental Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>ES,MX</t>
+  </si>
+  <si>
+    <t>Destino final 4</t>
+  </si>
+  <si>
+    <t>AU,CA,GB,SG,US</t>
+  </si>
+  <si>
+    <t>A végső állomás 3D ( 4 )</t>
+  </si>
+  <si>
+    <t>Bez Povratka</t>
+  </si>
+  <si>
+    <t>Brez Povratka</t>
+  </si>
+  <si>
     <t>Ceļa Gals 4 3D</t>
   </si>
   <si>
-    <t>AU,CA,GB,SG,US</t>
-[...10 lines deleted...]
-  <si>
     <t>Destino final 4 - El Destino Final: La Muerte Tiene Reservado Lo Mejor Para El Final</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Luoi Hai Tu Than 4</t>
   </si>
   <si>
     <t>Nezvratný osud 4 - 3D</t>
   </si>
   <si>
     <t>Nezvratný osud 4 3D</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Sei sun 4 loi liu</t>
   </si>
   <si>
     <t>Son durak 4 3D</t>
   </si>
   <si>
     <t>AR</t>
@@ -281,56 +287,50 @@
     <t>Premonição 4</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>La destination ultime</t>
   </si>
   <si>
     <t>La destination ultime 3D</t>
   </si>
   <si>
     <t>CZ,SK</t>
   </si>
   <si>
     <t>Nezvratný osud 4</t>
   </si>
   <si>
     <t>DE,US</t>
   </si>
   <si>
     <t>Final Destination 4</t>
   </si>
   <si>
     <t>Lõpp-punkt 4</t>
-  </si>
-[...4 lines deleted...]
-    <t>Destino final 4</t>
   </si>
   <si>
     <t>ES,VE</t>
   </si>
   <si>
     <t>El destino final</t>
   </si>
   <si>
     <t>Destination finale 4</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Vlepo ton thanato sou 4</t>
   </si>
   <si>
     <t>Put bez povratka 4</t>
   </si>
   <si>
     <t>A végső állomás</t>
   </si>
   <si>
     <t>JP</t>
   </si>
@@ -1470,175 +1470,175 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B46"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="73" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>64</v>
+      </c>
       <c r="B2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="B6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="8" spans="1:2">
-      <c r="A8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B8" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="9" spans="1:2">
+      <c r="A9" t="s">
+        <v>72</v>
+      </c>
       <c r="B9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="B10" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="11" spans="1:2">
-      <c r="A11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B11" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>61</v>
+        <v>76</v>
       </c>
       <c r="B12" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>77</v>
+        <v>61</v>
       </c>
       <c r="B13" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>79</v>
       </c>
       <c r="B14" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>81</v>
       </c>
       <c r="B15" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B16" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B17" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>86</v>
       </c>
       <c r="B18" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>33</v>
+        <v>88</v>
       </c>
       <c r="B19" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>89</v>
+        <v>33</v>
       </c>
       <c r="B20" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>91</v>
       </c>
       <c r="B21" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>39</v>
       </c>
       <c r="B22" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>94</v>
       </c>
@@ -1778,51 +1778,51 @@
       <c r="A40" t="s">
         <v>6</v>
       </c>
       <c r="B40" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="41" spans="1:2">
       <c r="A41" t="s">
         <v>115</v>
       </c>
       <c r="B41" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="42" spans="1:2">
       <c r="A42" t="s">
         <v>117</v>
       </c>
       <c r="B42" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="43" spans="1:2">
       <c r="A43" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B43" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="44" spans="1:2">
       <c r="A44" t="s">
         <v>94</v>
       </c>
       <c r="B44" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="45" spans="1:2">
       <c r="A45" t="s">
         <v>121</v>
       </c>
       <c r="B45" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="46" spans="1:2">
       <c r="A46" t="s">
         <v>6</v>
       </c>