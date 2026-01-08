--- v1 (2025-12-17)
+++ v2 (2026-01-08)
@@ -208,129 +208,129 @@
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Continental Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,GB,SG,US</t>
+  </si>
+  <si>
+    <t>A végső állomás 3D ( 4 )</t>
+  </si>
+  <si>
+    <t>Bez Povratka</t>
+  </si>
+  <si>
+    <t>Brez Povratka</t>
+  </si>
+  <si>
+    <t>Ceļa Gals 4 3D</t>
+  </si>
+  <si>
+    <t>Destino final 4 - El Destino Final: La Muerte Tiene Reservado Lo Mejor Para El Final</t>
+  </si>
+  <si>
+    <t>VN</t>
+  </si>
+  <si>
+    <t>Luoi Hai Tu Than 4</t>
+  </si>
+  <si>
+    <t>Nezvratný osud 4 - 3D</t>
+  </si>
+  <si>
+    <t>Nezvratný osud 4 3D</t>
+  </si>
+  <si>
+    <t>HK</t>
+  </si>
+  <si>
+    <t>Sei sun 4 loi liu</t>
+  </si>
+  <si>
+    <t>Son durak 4 3D</t>
+  </si>
+  <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>El destino final 3D</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Premonição 4</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>La destination ultime</t>
+  </si>
+  <si>
+    <t>La destination ultime 3D</t>
+  </si>
+  <si>
+    <t>CZ,SK</t>
+  </si>
+  <si>
+    <t>Nezvratný osud 4</t>
+  </si>
+  <si>
+    <t>DE,US</t>
+  </si>
+  <si>
+    <t>Final Destination 4</t>
+  </si>
+  <si>
+    <t>Lõpp-punkt 4</t>
+  </si>
+  <si>
     <t>ES,MX</t>
   </si>
   <si>
     <t>Destino final 4</t>
-  </si>
-[...73 lines deleted...]
-    <t>Lõpp-punkt 4</t>
   </si>
   <si>
     <t>ES,VE</t>
   </si>
   <si>
     <t>El destino final</t>
   </si>
   <si>
     <t>Destination finale 4</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Vlepo ton thanato sou 4</t>
   </si>
   <si>
     <t>Put bez povratka 4</t>
   </si>
   <si>
     <t>A végső állomás</t>
   </si>
   <si>
     <t>JP</t>
   </si>
@@ -1474,171 +1474,171 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B46"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="73" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>64</v>
       </c>
       <c r="B2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="B3" t="s">
         <v>65</v>
-      </c>
-[...6 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="B6" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2">
+      <c r="A8" t="s">
         <v>70</v>
       </c>
-    </row>
-    <row r="8" spans="1:2">
       <c r="B8" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="9" spans="1:2">
-      <c r="A9" t="s">
+      <c r="B9" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="B10" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="11" spans="1:2">
+      <c r="A11" t="s">
         <v>74</v>
       </c>
-    </row>
-    <row r="11" spans="1:2">
       <c r="B11" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
+        <v>61</v>
+      </c>
+      <c r="B12" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>61</v>
+        <v>77</v>
       </c>
       <c r="B13" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>79</v>
       </c>
       <c r="B14" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>81</v>
       </c>
       <c r="B15" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
+        <v>81</v>
+      </c>
+      <c r="B16" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B17" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>86</v>
       </c>
       <c r="B18" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
+        <v>33</v>
+      </c>
+      <c r="B19" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="B20" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>91</v>
       </c>
       <c r="B21" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>39</v>
       </c>
       <c r="B22" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>94</v>
       </c>
@@ -1778,51 +1778,51 @@
       <c r="A40" t="s">
         <v>6</v>
       </c>
       <c r="B40" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="41" spans="1:2">
       <c r="A41" t="s">
         <v>115</v>
       </c>
       <c r="B41" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="42" spans="1:2">
       <c r="A42" t="s">
         <v>117</v>
       </c>
       <c r="B42" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="43" spans="1:2">
       <c r="A43" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B43" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="44" spans="1:2">
       <c r="A44" t="s">
         <v>94</v>
       </c>
       <c r="B44" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="45" spans="1:2">
       <c r="A45" t="s">
         <v>121</v>
       </c>
       <c r="B45" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="46" spans="1:2">
       <c r="A46" t="s">
         <v>6</v>
       </c>