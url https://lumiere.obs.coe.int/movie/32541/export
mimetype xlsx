--- v0 (2025-11-16)
+++ v1 (2025-12-07)
@@ -271,141 +271,141 @@
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Bontonfilm/Tatra Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Tiglon</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>CA,FI,SE</t>
+  </si>
+  <si>
+    <t>Ejderha dövmeli kiz</t>
+  </si>
+  <si>
+    <t>Girl With the Dragon Tattoo</t>
+  </si>
+  <si>
+    <t>Meitene Ar Pūķa Tetovējumu</t>
+  </si>
+  <si>
+    <t>Millenium 1-Barbatii Care Urasc Femei</t>
+  </si>
+  <si>
+    <t>Millénium, le film - Les hommes qui n'aimaient pas les femmes</t>
+  </si>
+  <si>
+    <t>Millenium: Mężczyźni, którzy nienawidzą kobiet</t>
+  </si>
+  <si>
+    <t>Millennium 1: Mannen die Vrouwen Haten</t>
+  </si>
+  <si>
+    <t>Millennium 1: Os Homens Que Odeiam As Mulheres</t>
+  </si>
+  <si>
+    <t>Muži, kteří nenávidí ženy</t>
+  </si>
+  <si>
+    <t>To koritsi me to tatouage</t>
+  </si>
+  <si>
+    <t>Verblendung (Millenium Teil 1)</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Дiвчина з татуюванням дракона</t>
+  </si>
+  <si>
+    <t>AR,CO,MX,VE</t>
+  </si>
+  <si>
+    <t>Los hombres que no amaban a las mujeres</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Момичето с драконовата татуировка</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Os Homens que Não Amavam as Mulheres</t>
+  </si>
+  <si>
+    <t>AU,CA,GB,HK,KR,US</t>
+  </si>
+  <si>
+    <t>The Girl with the Dragon Tattoo</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Millénium - Le film</t>
+  </si>
+  <si>
+    <t>Muzi, kterí nenávidí zeny</t>
+  </si>
+  <si>
+    <t>Verblendung</t>
+  </si>
+  <si>
+    <t>Mænd der hader kvinder</t>
+  </si>
+  <si>
+    <t>Lohetätoveeringuga tüdruk</t>
+  </si>
+  <si>
+    <t>Millennium 1: Los hombres que no amaban a las mujeres</t>
+  </si>
+  <si>
+    <t>Miehet jotka vihaavat naisia</t>
+  </si>
+  <si>
     <t>Millénium</t>
-  </si>
-[...88 lines deleted...]
-    <t>Miehet jotka vihaavat naisia</t>
   </si>
   <si>
     <t>Millénium, le film</t>
   </si>
   <si>
     <t>Millenium, les hommes qui n'aimaient pas les femmes</t>
   </si>
   <si>
     <t>To koritsi me to tatouaz</t>
   </si>
   <si>
     <t>Muškarci koji mrze žene</t>
   </si>
   <si>
     <t>A tetovált lány</t>
   </si>
   <si>
     <t>A tetovált lány - A korrupció és a gonoszság anatómiája</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>Karlar sem hata konur</t>
   </si>
@@ -1884,219 +1884,219 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B49"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="18.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="56.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>54</v>
+        <v>85</v>
       </c>
       <c r="B2" t="s">
-        <v>85</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>81</v>
+      </c>
+      <c r="B3" t="s">
         <v>86</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B4" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="B6" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="7" spans="1:2">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
       <c r="B7" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="8" spans="1:2">
-      <c r="A8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B8" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="B9" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="B10" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="B11" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="12" spans="1:2">
+      <c r="A12" t="s">
+        <v>58</v>
+      </c>
       <c r="B12" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="13" spans="1:2">
-      <c r="A13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B13" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="14" spans="1:2">
+      <c r="A14" t="s">
+        <v>97</v>
+      </c>
       <c r="B14" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B16" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B17" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B18" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B19" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>108</v>
+        <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B26" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>54</v>
       </c>
       <c r="B27" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>54</v>
       </c>
       <c r="B28" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>58</v>
       </c>
@@ -2212,51 +2212,51 @@
       <c r="A43" t="s">
         <v>77</v>
       </c>
       <c r="B43" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="44" spans="1:2">
       <c r="A44" t="s">
         <v>78</v>
       </c>
       <c r="B44" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="45" spans="1:2">
       <c r="A45" t="s">
         <v>81</v>
       </c>
       <c r="B45" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="46" spans="1:2">
       <c r="A46" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B46" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="47" spans="1:2">
       <c r="A47" t="s">
         <v>138</v>
       </c>
       <c r="B47" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="48" spans="1:2">
       <c r="A48" t="s">
         <v>58</v>
       </c>
       <c r="B48" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="49" spans="1:2">
       <c r="A49" t="s">
         <v>141</v>
       </c>