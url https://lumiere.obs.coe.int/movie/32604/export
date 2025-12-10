--- v0 (2025-11-20)
+++ v1 (2025-12-10)
@@ -229,84 +229,84 @@
   <si>
     <t>Arthaus (NO)</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Midas Filmes</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Folkets Bio</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Eine Perle Ewigkeit</t>
+  </si>
+  <si>
     <t>A Assustada</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Aci süt</t>
   </si>
   <si>
     <t>Mliko Bridkosti</t>
   </si>
   <si>
     <t>To gala tis thlipsis</t>
   </si>
   <si>
     <t>AU,ES</t>
   </si>
   <si>
     <t>La teta asustada</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>A Teta Assustada</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>O Leite da Amargura</t>
-  </si>
-[...1 lines deleted...]
-    <t>Eine Perle Ewigkeit</t>
   </si>
   <si>
     <t>Faustas Erwachen</t>
   </si>
   <si>
     <t>Faustas perler</t>
   </si>
   <si>
     <t>Fausta</t>
   </si>
   <si>
     <t>Fausta éneke</t>
   </si>
   <si>
     <t>Il canto di Paloma</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>悲しみのミルク</t>
   </si>
   <si>
     <t>PL</t>
   </si>
@@ -1535,107 +1535,107 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B23"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="19.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>40</v>
+      </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>71</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="B3" t="s">
-        <v>71</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
+      <c r="B4" t="s">
         <v>72</v>
       </c>
-      <c r="B4" t="s">
+    </row>
+    <row r="5" spans="1:2">
+      <c r="A5" t="s">
         <v>73</v>
       </c>
-    </row>
-    <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="6" spans="1:2">
-      <c r="A6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B6" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
+        <v>77</v>
+      </c>
+      <c r="B8" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>40</v>
+        <v>81</v>
       </c>
       <c r="B10" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>40</v>
       </c>
       <c r="B11" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>42</v>
       </c>
       <c r="B12" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>46</v>
       </c>
@@ -1671,51 +1671,51 @@
       <c r="A17" t="s">
         <v>90</v>
       </c>
       <c r="B17" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>92</v>
       </c>
       <c r="B18" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>66</v>
       </c>
       <c r="B19" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B20" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>51</v>
       </c>
       <c r="B21" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>48</v>
       </c>
       <c r="B22" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>98</v>
       </c>