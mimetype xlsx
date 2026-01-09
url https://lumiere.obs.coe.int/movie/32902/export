--- v0 (2025-12-14)
+++ v1 (2026-01-09)
@@ -100,90 +100,90 @@
   <si>
     <t>Total since 2009</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>Indipendenti Regionali</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>W slepej uliczce</t>
+  </si>
+  <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>El enigma maldito</t>
+  </si>
+  <si>
+    <t>AR,MX</t>
+  </si>
+  <si>
+    <t>Un maldito enredo</t>
+  </si>
+  <si>
+    <t>BE</t>
+  </si>
+  <si>
+    <t>Moord op zijn Italiaans</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Заплетен случай</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Aquele Caso Maldito</t>
+  </si>
+  <si>
     <t>DK</t>
   </si>
   <si>
     <t>Rom på vrangen</t>
-  </si>
-[...34 lines deleted...]
-    <t>Aquele Caso Maldito</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Un maldito embrollo</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Meurtre à l'italienne</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Eimaste oloi enohoi</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Átkozott cselszövés</t>
   </si>
@@ -814,62 +814,62 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B26"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="22.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>29</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>29</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>30</v>
       </c>
       <c r="B4" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>32</v>
       </c>
       <c r="B5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>34</v>
       </c>
       <c r="B6" t="s">
         <v>35</v>
       </c>
@@ -950,51 +950,51 @@
       <c r="A16" t="s">
         <v>52</v>
       </c>
       <c r="B16" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>52</v>
       </c>
       <c r="B17" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>55</v>
       </c>
       <c r="B18" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B19" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>58</v>
       </c>
       <c r="B20" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>60</v>
       </c>
       <c r="B21" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>62</v>
       </c>