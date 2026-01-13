--- v0 (2025-12-04)
+++ v1 (2026-01-13)
@@ -250,87 +250,87 @@
   <si>
     <t>Prisvideo Edicoes</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>ASFK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Tiglon</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,DE,DK,FR,GB,HK,IT,MX,NL,US</t>
+  </si>
+  <si>
+    <t>Der Einzelgänger</t>
+  </si>
+  <si>
+    <t>Samotny mezczyzna</t>
+  </si>
+  <si>
+    <t>Tek basina bir adam</t>
+  </si>
+  <si>
+    <t>Vientuļais Vīrs</t>
+  </si>
+  <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>Sólo un hombre</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Самотен мъж</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Direito de Amar</t>
+  </si>
+  <si>
     <t>CA</t>
   </si>
   <si>
     <t>Un Homme au singulier</t>
-  </si>
-[...31 lines deleted...]
-    <t>Direito de Amar</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Un hombre solo</t>
   </si>
   <si>
     <t>Üksik mees</t>
   </si>
   <si>
     <t>Un hombre soltero</t>
   </si>
   <si>
     <t>Un homme au singulier</t>
   </si>
   <si>
     <t>Enas andras monos</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Samac</t>
   </si>
@@ -1820,83 +1820,83 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B31"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="32.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>78</v>
       </c>
       <c r="B2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="B3" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="3" spans="1:2">
-      <c r="A3" t="s">
+    <row r="4" spans="1:2">
+      <c r="A4" t="s">
+        <v>67</v>
+      </c>
+      <c r="B4" t="s">
         <v>80</v>
-      </c>
-[...6 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="B5" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2">
+      <c r="B6" t="s">
         <v>82</v>
       </c>
     </row>
-    <row r="6" spans="1:2">
-[...3 lines deleted...]
-      <c r="B6" t="s">
+    <row r="7" spans="1:2">
+      <c r="A7" t="s">
         <v>83</v>
       </c>
-    </row>
-    <row r="7" spans="1:2">
       <c r="B7" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>85</v>
       </c>
       <c r="B8" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>87</v>
       </c>
       <c r="B9" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>89</v>
       </c>
       <c r="B10" t="s">