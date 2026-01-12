--- v0 (2025-11-26)
+++ v1 (2026-01-12)
@@ -698,58 +698,58 @@
       </c>
       <c r="D1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
         <v>22</v>
       </c>
       <c r="B2" t="s">
         <v>23</v>
       </c>
       <c r="C2">
         <v>45014</v>
       </c>
       <c r="D2" s="3">
-        <v>4247</v>
+        <v>5516</v>
       </c>
       <c r="E2" s="3"/>
       <c r="F2" s="3">
         <v>3958</v>
       </c>
       <c r="G2" s="3">
-        <v>289</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>24</v>
       </c>
       <c r="D3" s="3">
         <v>404</v>
       </c>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3">
         <v>404</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
         <v>25</v>
       </c>
       <c r="C4">
         <v>44763</v>
       </c>
@@ -816,57 +816,59 @@
       <c r="C7">
         <v>44853</v>
       </c>
       <c r="D7" s="3">
         <v>101232</v>
       </c>
       <c r="E7" s="3">
         <v>100910</v>
       </c>
       <c r="F7" s="3">
         <v>322</v>
       </c>
       <c r="G7" s="3"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>32</v>
       </c>
       <c r="B8" t="s">
         <v>33</v>
       </c>
       <c r="C8">
         <v>45155</v>
       </c>
       <c r="D8" s="3">
-        <v>4333</v>
+        <v>4597</v>
       </c>
       <c r="E8" s="3"/>
       <c r="F8" s="3">
         <v>4333</v>
       </c>
-      <c r="G8" s="3"/>
+      <c r="G8" s="3">
+        <v>264</v>
+      </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>34</v>
       </c>
       <c r="B9" t="s">
         <v>35</v>
       </c>
       <c r="C9">
         <v>44841</v>
       </c>
       <c r="D9" s="3">
         <v>3150</v>
       </c>
       <c r="E9" s="3">
         <v>3150</v>
       </c>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>36</v>
       </c>
       <c r="B10" t="s">
@@ -927,59 +929,61 @@
         <v>40</v>
       </c>
       <c r="B13" t="s">
         <v>41</v>
       </c>
       <c r="D13" s="3">
         <v>246</v>
       </c>
       <c r="E13" s="3"/>
       <c r="F13" s="3">
         <v>246</v>
       </c>
       <c r="G13" s="3"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>42</v>
       </c>
       <c r="B14" t="s">
         <v>43</v>
       </c>
       <c r="C14">
         <v>44771</v>
       </c>
       <c r="D14" s="3">
-        <v>34783</v>
+        <v>35181</v>
       </c>
       <c r="E14" s="3">
         <v>3321</v>
       </c>
       <c r="F14" s="3">
         <v>31462</v>
       </c>
-      <c r="G14" s="3"/>
+      <c r="G14" s="3">
+        <v>398</v>
+      </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>44</v>
       </c>
       <c r="B15" t="s">
         <v>45</v>
       </c>
       <c r="C15">
         <v>45065</v>
       </c>
       <c r="D15" s="3">
         <v>15429</v>
       </c>
       <c r="E15" s="3"/>
       <c r="F15" s="3">
         <v>15429</v>
       </c>
       <c r="G15" s="3"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>46</v>
       </c>
       <c r="B16" t="s">
@@ -1003,77 +1007,77 @@
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>48</v>
       </c>
       <c r="B17" t="s">
         <v>49</v>
       </c>
       <c r="C17">
         <v>45177</v>
       </c>
       <c r="D17" s="3">
         <v>12864</v>
       </c>
       <c r="E17" s="3"/>
       <c r="F17" s="3">
         <v>12864</v>
       </c>
       <c r="G17" s="3"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>50</v>
       </c>
       <c r="D18" s="3">
-        <v>221595</v>
+        <v>223526</v>
       </c>
       <c r="E18" s="3">
         <v>153051</v>
       </c>
       <c r="F18" s="3">
         <v>67667</v>
       </c>
       <c r="G18" s="3">
-        <v>877</v>
+        <v>2808</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>51</v>
       </c>
       <c r="D19" s="3">
-        <v>237855</v>
+        <v>239786</v>
       </c>
       <c r="E19" s="3">
         <v>156201</v>
       </c>
       <c r="F19" s="3">
         <v>80777</v>
       </c>
       <c r="G19" s="3">
-        <v>877</v>
+        <v>2808</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="37.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>