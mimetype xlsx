--- v0 (2025-12-29)
+++ v1 (2026-02-11)
@@ -683,57 +683,59 @@
       <c r="A4" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="3">
         <v>1751</v>
       </c>
       <c r="E4" s="3">
         <v>1692</v>
       </c>
       <c r="F4" s="3">
         <v>59</v>
       </c>
       <c r="G4" s="3"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>25</v>
       </c>
       <c r="B5" t="s">
         <v>26</v>
       </c>
       <c r="C5">
         <v>45282</v>
       </c>
       <c r="D5" s="3">
-        <v>24011</v>
+        <v>24464</v>
       </c>
       <c r="E5" s="3"/>
       <c r="F5" s="3">
         <v>24011</v>
       </c>
-      <c r="G5" s="3"/>
+      <c r="G5" s="3">
+        <v>453</v>
+      </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6">
         <v>44882</v>
       </c>
       <c r="D6" s="3">
         <v>65730</v>
       </c>
       <c r="E6" s="3">
         <v>58923</v>
       </c>
       <c r="F6" s="3">
         <v>6237</v>
       </c>
       <c r="G6" s="3">
         <v>570</v>
       </c>
     </row>
     <row r="7" spans="1:7">
@@ -742,77 +744,77 @@
       </c>
       <c r="B7" t="s">
         <v>30</v>
       </c>
       <c r="C7">
         <v>44854</v>
       </c>
       <c r="D7" s="3">
         <v>13012</v>
       </c>
       <c r="E7" s="3">
         <v>11882</v>
       </c>
       <c r="F7" s="3">
         <v>1095</v>
       </c>
       <c r="G7" s="3">
         <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>31</v>
       </c>
       <c r="D8" s="3">
-        <v>144474</v>
+        <v>144927</v>
       </c>
       <c r="E8" s="3">
         <v>109581</v>
       </c>
       <c r="F8" s="3">
         <v>34288</v>
       </c>
       <c r="G8" s="3">
-        <v>605</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>32</v>
       </c>
       <c r="D9" s="3">
-        <v>150595</v>
+        <v>151048</v>
       </c>
       <c r="E9" s="3">
         <v>115241</v>
       </c>
       <c r="F9" s="3">
         <v>34749</v>
       </c>
       <c r="G9" s="3">
-        <v>605</v>
+        <v>1058</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="30" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>