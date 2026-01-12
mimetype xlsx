--- v0 (2025-11-30)
+++ v1 (2026-01-12)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Metadata" sheetId="1" r:id="rId1"/>
     <sheet name="Admissions" sheetId="2" r:id="rId2"/>
     <sheet name="Titles" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="110" uniqueCount="93">
   <si>
     <t>Original title</t>
   </si>
   <si>
     <t>La nuit du 12</t>
   </si>
   <si>
     <t>Director(s)</t>
   </si>
   <si>
     <t>Dominik Moll</t>
   </si>
   <si>
     <t>Production year</t>
   </si>
   <si>
     <t>Producing or Co-producing countries</t>
   </si>
   <si>
     <t>FR, BE</t>
   </si>
   <si>
     <t>IMDb link</t>
   </si>
   <si>
@@ -230,50 +230,56 @@
     <t>Films4You</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Contractory Studio</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Njutafilms</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Fivia</t>
   </si>
   <si>
     <t>SK</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>At Films LLC</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
     <t>In der Nacht des 12.</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>La nit del 12</t>
   </si>
   <si>
     <t>AU,FI,HK,NZ</t>
   </si>
   <si>
     <t>The Night of the 12th</t>
   </si>
   <si>
     <t>FR,NL</t>
   </si>
@@ -748,51 +754,51 @@
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B5" r:id="rId1"/>
     <hyperlink ref="B6" r:id="rId2"/>
     <hyperlink ref="B7" r:id="rId3"/>
     <hyperlink ref="B8" r:id="rId4"/>
     <hyperlink ref="B9" r:id="rId5"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G31"/>
+  <dimension ref="A1:G32"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="10.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="19.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="6" width="7" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="6" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>20</v>
@@ -831,60 +837,60 @@
         <v>26</v>
       </c>
       <c r="B3" t="s">
         <v>27</v>
       </c>
       <c r="D3" s="3">
         <v>23</v>
       </c>
       <c r="E3" s="3"/>
       <c r="F3" s="3">
         <v>23</v>
       </c>
       <c r="G3" s="3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>28</v>
       </c>
       <c r="B4" t="s">
         <v>29</v>
       </c>
       <c r="C4">
         <v>44804</v>
       </c>
       <c r="D4" s="3">
-        <v>28722</v>
+        <v>29600</v>
       </c>
       <c r="E4" s="3">
         <v>23205</v>
       </c>
       <c r="F4" s="3">
         <v>5318</v>
       </c>
       <c r="G4" s="3">
-        <v>199</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>30</v>
       </c>
       <c r="B5" t="s">
         <v>31</v>
       </c>
       <c r="C5">
         <v>45093</v>
       </c>
       <c r="D5" s="3">
         <v>169</v>
       </c>
       <c r="E5" s="3"/>
       <c r="F5" s="3">
         <v>169</v>
       </c>
       <c r="G5" s="3"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>32</v>
       </c>
@@ -1355,199 +1361,218 @@
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>71</v>
       </c>
       <c r="B29" t="s">
         <v>35</v>
       </c>
       <c r="C29">
         <v>45058</v>
       </c>
       <c r="D29" s="3">
         <v>110</v>
       </c>
       <c r="E29" s="3"/>
       <c r="F29" s="3">
         <v>110</v>
       </c>
       <c r="G29" s="3"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>72</v>
       </c>
+      <c r="B30" t="s">
+        <v>73</v>
+      </c>
+      <c r="C30">
+        <v>45519</v>
+      </c>
       <c r="D30" s="3">
-        <v>711222</v>
-[...6 lines deleted...]
-      </c>
+        <v>1051</v>
+      </c>
+      <c r="E30" s="3"/>
+      <c r="F30" s="3"/>
       <c r="G30" s="3">
-        <v>25338</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D31" s="3">
-        <v>719849</v>
+        <v>712100</v>
       </c>
       <c r="E31" s="3">
+        <v>551657</v>
+      </c>
+      <c r="F31" s="3">
+        <v>134227</v>
+      </c>
+      <c r="G31" s="3">
+        <v>26216</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7">
+      <c r="A32" t="s">
+        <v>75</v>
+      </c>
+      <c r="D32" s="3">
+        <v>720727</v>
+      </c>
+      <c r="E32" s="3">
         <v>556821</v>
       </c>
-      <c r="F31" s="3">
+      <c r="F32" s="3">
         <v>137295</v>
       </c>
-      <c r="G31" s="3">
-        <v>25733</v>
+      <c r="G32" s="3">
+        <v>26611</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>36</v>
       </c>
       <c r="B2" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B3" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B4" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B5" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B6" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>52</v>
       </c>
       <c r="B7" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>67</v>
       </c>
       <c r="B9" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>69</v>
       </c>
       <c r="B10" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B11" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>44</v>
       </c>
       <c r="B12" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B13" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Metadata</vt:lpstr>