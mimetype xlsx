--- v0 (2025-12-10)
+++ v1 (2026-01-19)
@@ -774,51 +774,51 @@
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B5" r:id="rId1"/>
     <hyperlink ref="B6" r:id="rId2"/>
     <hyperlink ref="B7" r:id="rId3"/>
     <hyperlink ref="B8" r:id="rId4"/>
     <hyperlink ref="B9" r:id="rId5"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G34"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="10.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="6" width="7" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="5" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="6" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>23</v>
       </c>
     </row>
@@ -1298,57 +1298,59 @@
       </c>
       <c r="D24" s="3">
         <v>27013</v>
       </c>
       <c r="E24" s="3">
         <v>6494</v>
       </c>
       <c r="F24" s="3">
         <v>20477</v>
       </c>
       <c r="G24" s="3">
         <v>42</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>65</v>
       </c>
       <c r="B25" t="s">
         <v>66</v>
       </c>
       <c r="C25">
         <v>44974</v>
       </c>
       <c r="D25" s="3">
-        <v>44804</v>
+        <v>51027</v>
       </c>
       <c r="E25" s="3"/>
       <c r="F25" s="3">
         <v>44804</v>
       </c>
-      <c r="G25" s="3"/>
+      <c r="G25" s="3">
+        <v>6223</v>
+      </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>67</v>
       </c>
       <c r="B26" t="s">
         <v>68</v>
       </c>
       <c r="C26">
         <v>45036</v>
       </c>
       <c r="D26" s="3">
         <v>7011</v>
       </c>
       <c r="E26" s="3"/>
       <c r="F26" s="3">
         <v>6969</v>
       </c>
       <c r="G26" s="3">
         <v>42</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>69</v>
@@ -1456,77 +1458,77 @@
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>78</v>
       </c>
       <c r="B32" t="s">
         <v>79</v>
       </c>
       <c r="C32">
         <v>44836</v>
       </c>
       <c r="D32" s="3">
         <v>1089</v>
       </c>
       <c r="E32" s="3"/>
       <c r="F32" s="3">
         <v>1089</v>
       </c>
       <c r="G32" s="3"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>80</v>
       </c>
       <c r="D33" s="3">
-        <v>1164374</v>
+        <v>1170597</v>
       </c>
       <c r="E33" s="3">
         <v>544914</v>
       </c>
       <c r="F33" s="3">
         <v>614309</v>
       </c>
       <c r="G33" s="3">
-        <v>5151</v>
+        <v>11374</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>81</v>
       </c>
       <c r="D34" s="3">
-        <v>1210215</v>
+        <v>1216438</v>
       </c>
       <c r="E34" s="3">
         <v>560729</v>
       </c>
       <c r="F34" s="3">
         <v>644110</v>
       </c>
       <c r="G34" s="3">
-        <v>5376</v>
+        <v>11599</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="48.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>