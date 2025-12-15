--- v0 (2025-11-21)
+++ v1 (2025-12-15)
@@ -1304,57 +1304,59 @@
         <v>64</v>
       </c>
       <c r="C27">
         <v>44704</v>
       </c>
       <c r="D27" s="3">
         <v>182</v>
       </c>
       <c r="E27" s="3">
         <v>182</v>
       </c>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>65</v>
       </c>
       <c r="B28" t="s">
         <v>57</v>
       </c>
       <c r="C28">
         <v>44889</v>
       </c>
       <c r="D28" s="3">
-        <v>36</v>
+        <v>336</v>
       </c>
       <c r="E28" s="3"/>
       <c r="F28" s="3">
         <v>36</v>
       </c>
-      <c r="G28" s="3"/>
+      <c r="G28" s="3">
+        <v>300</v>
+      </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>66</v>
       </c>
       <c r="B29" t="s">
         <v>37</v>
       </c>
       <c r="C29">
         <v>44820</v>
       </c>
       <c r="D29" s="3">
         <v>26</v>
       </c>
       <c r="E29" s="3"/>
       <c r="F29" s="3"/>
       <c r="G29" s="3">
         <v>26</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>67</v>
       </c>
       <c r="B30" t="s">