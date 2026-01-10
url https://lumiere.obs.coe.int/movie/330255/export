--- v0 (2025-11-29)
+++ v1 (2026-01-10)
@@ -1064,103 +1064,107 @@
         <v>43</v>
       </c>
       <c r="C11">
         <v>45037</v>
       </c>
       <c r="D11" s="3">
         <v>9282</v>
       </c>
       <c r="E11" s="3"/>
       <c r="F11" s="3">
         <v>9282</v>
       </c>
       <c r="G11" s="3"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>44</v>
       </c>
       <c r="B12" t="s">
         <v>45</v>
       </c>
       <c r="C12">
         <v>44909</v>
       </c>
       <c r="D12" s="3">
-        <v>75986</v>
+        <v>76221</v>
       </c>
       <c r="E12" s="3">
         <v>58779</v>
       </c>
       <c r="F12" s="3">
         <v>17207</v>
       </c>
-      <c r="G12" s="3"/>
+      <c r="G12" s="3">
+        <v>235</v>
+      </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>46</v>
       </c>
       <c r="B13" t="s">
         <v>47</v>
       </c>
       <c r="C13">
         <v>44925</v>
       </c>
       <c r="D13" s="3">
         <v>64473</v>
       </c>
       <c r="E13" s="3">
         <v>22399</v>
       </c>
       <c r="F13" s="3">
         <v>42049</v>
       </c>
       <c r="G13" s="3">
         <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>48</v>
       </c>
       <c r="B14" t="s">
         <v>49</v>
       </c>
       <c r="C14">
         <v>44875</v>
       </c>
       <c r="D14" s="3">
-        <v>7244</v>
+        <v>7455</v>
       </c>
       <c r="E14" s="3">
         <v>6854</v>
       </c>
       <c r="F14" s="3">
         <v>390</v>
       </c>
-      <c r="G14" s="3"/>
+      <c r="G14" s="3">
+        <v>211</v>
+      </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>50</v>
       </c>
       <c r="B15" t="s">
         <v>51</v>
       </c>
       <c r="C15">
         <v>44959</v>
       </c>
       <c r="D15" s="3">
         <v>1664</v>
       </c>
       <c r="E15" s="3"/>
       <c r="F15" s="3">
         <v>1664</v>
       </c>
       <c r="G15" s="3"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>52</v>
       </c>
       <c r="B16" t="s">
@@ -1337,57 +1341,59 @@
         <v>67</v>
       </c>
       <c r="C24">
         <v>45051</v>
       </c>
       <c r="D24" s="3">
         <v>4126</v>
       </c>
       <c r="E24" s="3"/>
       <c r="F24" s="3">
         <v>4126</v>
       </c>
       <c r="G24" s="3"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>68</v>
       </c>
       <c r="B25" t="s">
         <v>69</v>
       </c>
       <c r="C25">
         <v>44995</v>
       </c>
       <c r="D25" s="3">
-        <v>60358</v>
+        <v>61085</v>
       </c>
       <c r="E25" s="3"/>
       <c r="F25" s="3">
         <v>60358</v>
       </c>
-      <c r="G25" s="3"/>
+      <c r="G25" s="3">
+        <v>727</v>
+      </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>70</v>
       </c>
       <c r="B26" t="s">
         <v>71</v>
       </c>
       <c r="C26">
         <v>44903</v>
       </c>
       <c r="D26" s="3">
         <v>5426</v>
       </c>
       <c r="E26" s="3">
         <v>4688</v>
       </c>
       <c r="F26" s="3">
         <v>738</v>
       </c>
       <c r="G26" s="3"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>72</v>
@@ -1501,77 +1507,77 @@
       <c r="A32" t="s">
         <v>82</v>
       </c>
       <c r="B32" t="s">
         <v>83</v>
       </c>
       <c r="C32">
         <v>44946</v>
       </c>
       <c r="D32" s="3">
         <v>4836</v>
       </c>
       <c r="E32" s="3">
         <v>44</v>
       </c>
       <c r="F32" s="3">
         <v>4792</v>
       </c>
       <c r="G32" s="3"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>84</v>
       </c>
       <c r="D33" s="3">
-        <v>572444</v>
+        <v>573617</v>
       </c>
       <c r="E33" s="3">
         <v>350725</v>
       </c>
       <c r="F33" s="3">
         <v>220389</v>
       </c>
       <c r="G33" s="3">
-        <v>1330</v>
+        <v>2503</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>85</v>
       </c>
       <c r="D34" s="3">
-        <v>587992</v>
+        <v>589165</v>
       </c>
       <c r="E34" s="3">
         <v>357213</v>
       </c>
       <c r="F34" s="3">
         <v>229375</v>
       </c>
       <c r="G34" s="3">
-        <v>1404</v>
+        <v>2577</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="41.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="28.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>