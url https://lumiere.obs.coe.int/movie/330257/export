--- v0 (2025-11-23)
+++ v1 (2026-01-09)
@@ -849,57 +849,59 @@
         <v>36</v>
       </c>
       <c r="C8">
         <v>44701</v>
       </c>
       <c r="D8" s="3">
         <v>235685</v>
       </c>
       <c r="E8" s="3">
         <v>235685</v>
       </c>
       <c r="F8" s="3"/>
       <c r="G8" s="3"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>37</v>
       </c>
       <c r="B9" t="s">
         <v>38</v>
       </c>
       <c r="C9">
         <v>45078</v>
       </c>
       <c r="D9" s="3">
-        <v>602</v>
+        <v>813</v>
       </c>
       <c r="E9" s="3"/>
       <c r="F9" s="3">
         <v>602</v>
       </c>
-      <c r="G9" s="3"/>
+      <c r="G9" s="3">
+        <v>211</v>
+      </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>39</v>
       </c>
       <c r="B10" t="s">
         <v>40</v>
       </c>
       <c r="C10">
         <v>45141</v>
       </c>
       <c r="D10" s="3">
         <v>6542</v>
       </c>
       <c r="E10" s="3"/>
       <c r="F10" s="3">
         <v>6527</v>
       </c>
       <c r="G10" s="3">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>41</v>
@@ -957,77 +959,77 @@
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>46</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
         <v>45036</v>
       </c>
       <c r="D14" s="3">
         <v>550</v>
       </c>
       <c r="E14" s="3"/>
       <c r="F14" s="3">
         <v>550</v>
       </c>
       <c r="G14" s="3"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>47</v>
       </c>
       <c r="D15" s="3">
-        <v>256690</v>
+        <v>256901</v>
       </c>
       <c r="E15" s="3">
         <v>241047</v>
       </c>
       <c r="F15" s="3">
         <v>15602</v>
       </c>
       <c r="G15" s="3">
-        <v>41</v>
+        <v>252</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>48</v>
       </c>
       <c r="D16" s="3">
-        <v>261323</v>
+        <v>261534</v>
       </c>
       <c r="E16" s="3">
         <v>244330</v>
       </c>
       <c r="F16" s="3">
         <v>16952</v>
       </c>
       <c r="G16" s="3">
-        <v>41</v>
+        <v>252</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="18" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="17.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>