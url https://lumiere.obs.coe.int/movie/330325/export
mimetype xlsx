--- v0 (2025-12-01)
+++ v1 (2026-01-11)
@@ -737,59 +737,61 @@
       <c r="C3">
         <v>45105</v>
       </c>
       <c r="D3" s="3">
         <v>9520</v>
       </c>
       <c r="E3" s="3"/>
       <c r="F3" s="3">
         <v>9345</v>
       </c>
       <c r="G3" s="3">
         <v>175</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>28</v>
       </c>
       <c r="B4" t="s">
         <v>29</v>
       </c>
       <c r="C4">
         <v>44790</v>
       </c>
       <c r="D4" s="3">
-        <v>134463</v>
+        <v>134701</v>
       </c>
       <c r="E4" s="3">
         <v>133910</v>
       </c>
       <c r="F4" s="3">
         <v>553</v>
       </c>
-      <c r="G4" s="3"/>
+      <c r="G4" s="3">
+        <v>238</v>
+      </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>30</v>
       </c>
       <c r="B5" t="s">
         <v>31</v>
       </c>
       <c r="C5">
         <v>44855</v>
       </c>
       <c r="D5" s="3">
         <v>390</v>
       </c>
       <c r="E5" s="3">
         <v>390</v>
       </c>
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>32</v>
       </c>
       <c r="B6" t="s">
@@ -891,77 +893,77 @@
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>41</v>
       </c>
       <c r="B11" t="s">
         <v>42</v>
       </c>
       <c r="C11">
         <v>44834</v>
       </c>
       <c r="D11" s="3">
         <v>12856</v>
       </c>
       <c r="E11" s="3">
         <v>12856</v>
       </c>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>43</v>
       </c>
       <c r="D12" s="3">
-        <v>182890</v>
+        <v>183128</v>
       </c>
       <c r="E12" s="3">
         <v>171425</v>
       </c>
       <c r="F12" s="3">
         <v>10621</v>
       </c>
       <c r="G12" s="3">
-        <v>844</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>44</v>
       </c>
       <c r="D13" s="3">
-        <v>198130</v>
+        <v>198368</v>
       </c>
       <c r="E13" s="3">
         <v>184780</v>
       </c>
       <c r="F13" s="3">
         <v>12506</v>
       </c>
       <c r="G13" s="3">
-        <v>844</v>
+        <v>1082</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="44.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="20.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>